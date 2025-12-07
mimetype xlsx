--- v0 (2025-10-31)
+++ v1 (2025-12-07)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af85f4750234874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/07049e160c8a4715ac7947b5d6b863ba.psmdcp" Id="Rf7ee995c29ed4f65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7b1ee4336174b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad6a96d1b1df43ac96b584a124c12a13.psmdcp" Id="Rca9c8130666a4ff6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="726" uniqueCount="726">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="725" uniqueCount="725">
   <x:si>
     <x:t>კვლევის კატეგორია</x:t>
   </x:si>
   <x:si>
     <x:t>კვლევის (მომსახურების) დასახელება</x:t>
   </x:si>
   <x:si>
     <x:t>რაოდენობა</x:t>
   </x:si>
   <x:si>
     <x:t>ფასი</x:t>
   </x:si>
   <x:si>
     <x:t>ფასის კომენტარი</x:t>
   </x:si>
   <x:si>
     <x:t>მეთოდი</x:t>
   </x:si>
   <x:si>
     <x:t>ხანგრძლივობა</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> მოლეკულურ‐ბიოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
@@ -86,84 +86,84 @@
   <x:si>
     <x:t>ლისტერიოზი-პათ.მასალა</x:t>
   </x:si>
   <x:si>
     <x:t>მრპ. ჰერპესვირუსი-პათ.მასალა</x:t>
   </x:si>
   <x:si>
     <x:t>ორთოპოქსი-პათ.მასალა</x:t>
   </x:si>
   <x:si>
     <x:t>სალმონელოზი-პათ.მასალა</x:t>
   </x:si>
   <x:si>
     <x:t>ფრინველის მიკოპლაზმა (synoviae,gallisepticum)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">პოლიმერაზული ჯაჭვური რეაქცია (PCR) </x:t>
   </x:si>
   <x:si>
     <x:t>ქლამიდიოზი-პათ.მასალა</x:t>
   </x:si>
   <x:si>
     <x:t>ქოთაო ‐ პათ.მასალა</x:t>
   </x:si>
   <x:si>
-    <x:t>ჯილეხი ‐ (ციმბირული წყლული) /პათ.მასალა, გარემოს ნიმუში/</x:t>
+    <x:t>ჯილეხი ‐ (ციმბირული წყლული) /პათ.მასალა, გარემოს ნიმუში</x:t>
   </x:si>
   <x:si>
     <x:t>ბაქტერიოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>ავთვისებიანი შეშუპება</x:t>
   </x:si>
   <x:si>
     <x:t>კულტურის გამოყოფა</x:t>
   </x:si>
   <x:si>
     <x:t>5-7 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>ბრუცელოზი</x:t>
   </x:si>
   <x:si>
     <x:t>30 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>დეზინფექციის ხარისხის განსაზღვრა</x:t>
   </x:si>
   <x:si>
     <x:t>5 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>დიპლოკოკოზი</x:t>
   </x:si>
   <x:si>
     <x:t>თევზის აერომონოზი</x:t>
   </x:si>
   <x:si>
-    <x:t>თევზის დაავადებები-თევზის ენტერალური წითელი პირი, ლაქტოკოკოზი (სტრეპტოკოკოზი), ვაგოკოკოზი, ფურუნკულოზი, თირკმლის ბაქ.დაავადება, ლაყუჩის ბაქ.დაავადება და ფლავობაქტერია spp-დიაგნოსტიკა თევზის პათ. მასალიდან.</x:t>
+    <x:t>თევზის დაავადებები-თევზის ენტერალური წითელი პირი, ლაქტოკოკოზი (სტრეპტოკოკოზი), ვაგოკოკოზი, ფურუნკულოზი, თირკმლის ბაქ.დაავადება, ლაყუჩის ბაქ.დაავადება და ფლავობაქტერია spp-დიაგნოსტიკა თევზის პათ. მასალიდან</x:t>
   </x:si>
   <x:si>
     <x:t>ბაქტერიოლოგია კულტურის გამოყოფა</x:t>
   </x:si>
   <x:si>
     <x:t>თევზის ვიბრიოზი</x:t>
   </x:si>
   <x:si>
     <x:t>თევზის ფსევდომონოზი</x:t>
   </x:si>
   <x:si>
     <x:t>იერსინიოზი</x:t>
   </x:si>
   <x:si>
     <x:t>ინფექციური დაავადებების აღმძვრელის ანტიბიოტიკებზე მგრძნობელობა</x:t>
   </x:si>
   <x:si>
     <x:t>კამპილობაქტერიოზი</x:t>
   </x:si>
   <x:si>
     <x:t>8-10 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>კოლიბაქტერიოზი</x:t>
   </x:si>
@@ -308,51 +308,51 @@
   <x:si>
     <x:t>გოსტ 19792-2001</x:t>
   </x:si>
   <x:si>
     <x:t>მექანიკური მინარევები</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">მშრალი ნივთიერების მასური წილი </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">სახელმძღვანელო რეფრაქტომეტრისათვის “MISCO PA 203” </x:t>
   </x:si>
   <x:si>
     <x:t>ნაცარი</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 32483-2013</x:t>
   </x:si>
   <x:si>
     <x:t>ორგანოლეპტიკა</x:t>
   </x:si>
   <x:si>
     <x:t>პროლინი</x:t>
   </x:si>
   <x:si>
-    <x:t>Harmonised method of the International Honey Commission</x:t>
+    <x:t>საერთაშორისო თაფლის კომისიის ჰარმონიზებული მეთოდი</x:t>
   </x:si>
   <x:si>
     <x:t>საერთო მჟავიანობა</x:t>
   </x:si>
   <x:si>
     <x:t>წყლის მასური წილი</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ხვედრითი წონა </x:t>
   </x:si>
   <x:si>
     <x:t>ჰიდროქსილმეთილფურფუროლი (თვისობრივი)</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 19792-2017</x:t>
   </x:si>
   <x:si>
     <x:t>თესლის ხარისხის განსაზღვრა</x:t>
   </x:si>
   <x:si>
     <x:t>1000 მარცვლის მასის განსაზღვრა</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">გოსტ 12042–80; ISTA, თავი 10, წონის განსაზღვრა, 10-1 </x:t>
   </x:si>
@@ -386,144 +386,144 @@
   <x:si>
     <x:t xml:space="preserve"> ჰიდროქსილმეთილფურფუროლის განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> მაღალეფექტური სითხური ქრომატოგრაფია, Codex Alimentarius Commission. Codex Standard for Honey. CX/S 00/3</x:t>
   </x:si>
   <x:si>
     <x:t>3-4 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>Sudan I, II, III და I, Sudan Orange G, Sudan Red 7 B, Para Red საღებავების ნარჩენების განსაზღვრა საკვებ პროდუქტებში</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> მაღალეფექტური სითხური ქრომატოგრაფია (HPLC). ვალიდირებული მეთოდი  R-276-2024-G</x:t>
   </x:si>
   <x:si>
     <x:t>5-10 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>ამიტრაზის და მისი მეტაბოლიტების განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
     <x:t>ყოველი დამატებითი ნიმუში + 95 ლარი (არაუმეტეს 10 ნიმუშისა)</x:t>
   </x:si>
   <x:si>
-    <x:t>სითხური ქრომატოგრაფია - მას- სპექტრომეტრია,                              EN 15662:2018</x:t>
-[...2 lines deleted...]
-    <x:t>ამფერნიკოლის ჯგუფის განსაზღვრა ხორცში და თევზში</x:t>
+    <x:t>სითხური ქრომატოგრაფია - მას- სპექტრომეტრია, EN 15662:2018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ამფერნიკოლის ჯგუფის განსაზღვრა ხორცსა და თევზში</x:t>
   </x:si>
   <x:si>
     <x:t>მწარმოებლის მეთოდური სახელმძღვანელო, CHARM II ანალიზატორი (სკრინინგ მეთოდი)</x:t>
   </x:si>
   <x:si>
     <x:t>2-5 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>ანიონების (ნიტრატები (NO3-), ნიტრიტები (NO2-), სულფატები (SO4-), ფოსფატები (PO4-),  ფტორი (F-), ბრომი (Br-), ქლორი (Cl-)) განსაზღვრა წყალში</x:t>
   </x:si>
   <x:si>
     <x:t>იონური ქრომატოგრაფია, სსტ ისო 10304-1:2007</x:t>
   </x:si>
   <x:si>
     <x:t>ანტიბიოტიკების ტეტრაციკლინის ჯგუფის, ქინოლონების, ცეპტიოფურის, თიამფენიკოლის, სტრეპტომიცინისა და თილოზინის ჯგუფების განსაზღვრა თაფლსა და ხორცში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში  1 ნიმუშის ღირებულებაა - 868 ლარი, 16 ნიმუშის შემთხვევაში - 437 ლარი, 24 ნიმუშის შემთხვევაში - 293 ლარი, 32 ნიმუშის შემთხვევაში - 221 ლარი, 40 ნიმუშის შემთხვევაში - 178 ლარი</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> მწარმოებლის მეთოდური სახელმძღვანელო, Randox Evidence Investigator  (სკრინინგ მეთოდი)</x:t>
   </x:si>
   <x:si>
     <x:t>ანტიჰელმინთების (ბენზიმდაზოლის, ამინობენზიმიდაზოლის, ლევამისოლის, ავერმექტინის, ტიაბენდაზოლის, მოქსიდექტინის, ტრიკლაბენდაზოლის) განსაზღრა რძეში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულებაა - 4255.00 ლარი;   16 ნიმუშის შემთხვევაში  - 4580.00 ლარი;  24 ნიმუშის შემთხვევაში - 4380.00 ლარი;  32 ნიმუშის შემთხვევაში- 4300.00 ლარი;  40 ნიმუშის შემთხვევაში - 4270.00 ლა</x:t>
   </x:si>
   <x:si>
     <x:t>მწარმოებლის მეთოდური სახელმძღვანელო, Randox Evidence Investigator  (სკრინინგ მეთოდი)</x:t>
   </x:si>
   <x:si>
-    <x:t>ანტიჰელმინთების (ბენზიმდაზოლის, ლევამისოლის, ავერმექტინის, ტიაბენდაზოლის, მოქსიდექტინის, ტრიკლაბენდაზოლის) განსაზღრა ხორცში და თევზში</x:t>
+    <x:t>ანტიჰელმინთების (ბენზიმდაზოლის, ლევამისოლის, ავერმექტინის, ტიაბენდაზოლის, მოქსიდექტინის, ტრიკლაბენდაზოლის) განსაზღრა ხორცსა და თევზში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულება - 1455.00 ლარი;  16 ნიმუშის შემთხვევაში  - 775.00 ლარი; 24 ნიმუშის შემთხვევაში - 570.00 ლარი; 32 ნიმუშის შემთხვევაში - 480.00 ლარი; 40 ნიმუშის შემთხვევაში - 440.00 ლარი.</x:t>
   </x:si>
   <x:si>
     <x:t>არადიოქსინის მაგვარი პოლიქლორირებული ბიფენილების (PCB28, PCB52, PCB101, PCB138, PCB153, PCB180) განსაზღვრა ცხოველური წარმოშობის სურსათში: თაფლში, ხორცი და ხორცის პროდუქტები (გარდა სასურსათო სუბპროდუქტებისა), თევზის ფილე, თევზჭერის პროდუქტები და მათგან დამზადებულ პროდუქტები</x:t>
   </x:si>
   <x:si>
     <x:t>ყოველი დამატებითი ნიმუში + 46 ლარი (არაუმეტეს 10 ნიმუშისა)</x:t>
   </x:si>
   <x:si>
-    <x:t>გაზური ქრომატოგრაფია - მას-სპექტრომეტრია,                              EN 15662:2018</x:t>
+    <x:t>გაზური ქრომატოგრაფია - მას-სპექტრომეტრია, EN 15662:2018</x:t>
   </x:si>
   <x:si>
     <x:t>აფლატოქსინ B1-ის განსაზღვრა მარცვლეულსა და ცხოველთა საკვებში</x:t>
   </x:si>
   <x:si>
     <x:t>აფლატოქსინ B1-ის და ჯამური აფლატოქსინების - B1, B2, G1, G2-ის განსაზღვრა თხილში, ნიგოზში და მისთანებში და მარცვლოვნებში</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია, EN 14123</x:t>
   </x:si>
   <x:si>
     <x:t>2-7 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>აფლატოქსინ M1-ის განსაზღვრა რძეში</x:t>
   </x:si>
   <x:si>
     <x:t>აფლატოქსინი B1 განსაზღვრა ცხოველთა საკვებში</x:t>
   </x:si>
   <x:si>
     <x:t>R-298-2024-G ვალიდირებული მეთოდი</x:t>
   </x:si>
   <x:si>
     <x:t>აფლატოქსინი M1- ის განსაზღვრა რძეში</x:t>
   </x:si>
   <x:si>
     <x:t>მაღალეფექტური სითხური ქრომატოგრაფია (HPLC), ვალიდირებული მეთოდი R-042-2020-G</x:t>
   </x:si>
   <x:si>
     <x:t>2-10 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>ბრომუკონაზოლის და კლოტრიმაზოლის განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
-    <x:t>დითიოკარბამატული პესტიციდების (დითიოკარბამატები გამოსახული,როგორც CS2, მანების მანკოზების,მეთირამის,პროპინების, თირამის და ზირამის ჩათვლით) რაოდენობრივი განსაზღვრა მცენარეული წარმოშობის პროდუქტებში და თაფლში</x:t>
+    <x:t>დითიოკარბამატული პესტიციდების (დითიოკარბამატები გამოსახული,როგორც CS2, მანების მანკოზების,მეთირამის,პროპინების, თირამის და ზირამის ჩათვლით) რაოდენობრივი განსაზღვრა მცენარეული წარმოშობის პროდუქტებსა და თაფლში</x:t>
   </x:si>
   <x:si>
     <x:t>ყოველი დამატებითი ნიმუში + 51.00 ლარი (არაუმეტეს 10 ნიმუშისა)</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფიამას -სპექტრომეტრია, ვალიდირებული მეთოდი R-041-2019-G</x:t>
   </x:si>
   <x:si>
-    <x:t>ვერცხლისწყლის (Hg) განსაზღვრა თევზში და ხორცში</x:t>
+    <x:t>ვერცხლისწყლის (Hg) განსაზღვრა თევზსა და ხორცში</x:t>
   </x:si>
   <x:si>
     <x:t>ატომურ-აბსორბციული სპექტრომეტრია, ვალიდირებული მეთოდები  R-125-2023-G და  R-126-2023-G</x:t>
   </x:si>
   <x:si>
     <x:t>ვერცხლისწყლის (Hg) განსაზღვრა წყალში</x:t>
   </x:si>
   <x:si>
     <x:t>ატომურ-აბსორბციული სპექტრომეტრია, ვალიდირებული მეთოდი  R-127-2023-G</x:t>
   </x:si>
   <x:si>
     <x:t>მაკროლიდების და თიამულინის განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
     <x:t>ყოველი დამატებითი ნიმუში + 78 ლარი (არაუმეტეს 10 ნიმუშისა)</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია მას-სპექტრომეტრია (LC/MS/MS) ვალიდირებული მეთოდი R-056-2020-G</x:t>
   </x:si>
   <x:si>
     <x:t>მიკოტოქსინების (აფლატოქსინი B1, აფლატოქსინი G1 და G2, პაქსილინი, ფუმოზინი, ოხრატოქსინი A , ერგო ალკალოიდები, დიაცეტოქსის ცირპენოლი, დეოქსინივალენოლი, ზეარალენონი, T2 ტოქსინი) განსაზღვრა მარცვლეულსა და სხვადასხვა მარცვლეულზე დამზადებულ ცხოველელთა საკვებში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულებაა- 868 ლარი, 16 ნიმუშის შემთხვევაში - 437 ლარი, 24 ნიმუშის შემთხვევაში - 293 ლარი, 32 ნიმუშის შემთხვევაში - 221 ლარი, 40 ნიმუშის შემთხვევაში - 178 ლარი</x:t>
   </x:si>
@@ -566,447 +566,444 @@
   <x:si>
     <x:t>ატომურ-აბსორბციული სპექტრომეტრია, ვალიდირებული მეთოდი  R-055-2020-G</x:t>
   </x:si>
   <x:si>
     <x:t>ნიტროიმიდაზოლების ჯგუფის (2- OHმეთილ-მეთილ ნიტროიმიდაზოლი (HMMNI), მეთილ-2-OHიზოპროპილნიტროიმიდაზოლი (IPZOH), მეტრონიდაზოლი (MNZ), 2-OHეთილ-2-OH-მეთილნიტროიმიდაზოლი (MNZ-OH), რონიდაზოლი (RNZ), დიმეტრიდაზოლი (DNZ), იპრონიდაზოლი (IPZ) და ტინიდაზოლი (TNZ)) განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-025-2018-G</x:t>
   </x:si>
   <x:si>
     <x:t>5-10  სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>ნიტროფურანების მეტაბოლიტების (AOZ, AMOZ, AHD, SEM) განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-034-2019-G</x:t>
   </x:si>
   <x:si>
     <x:t>ნიტროფურანების მეტაბოლიტების (AOZ, AMOZ, AHD, SEM) განსაზღვრა რძეში</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია მასსპექტრომეტრია, ვალიდირებული მეთოდი R-034-2019-G</x:t>
   </x:si>
   <x:si>
-    <x:t>ნიტროფურანების მეტაბოლიტების (AOZ, AMOZ, AHD, SEM) განსაზღვრა ხორცში და თევზში</x:t>
+    <x:t>ნიტროფურანების მეტაბოლიტების (AOZ, AMOZ, AHD, SEM) განსაზღვრა ხორცსა და თევზში</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი R-034-2019-G</x:t>
   </x:si>
   <x:si>
-    <x:t>ნიტროფურანების ჯგუფის (AOZ, AMOZ, AHD, SEM) განსაზღვრა თაფლსა, ხორცში და ზღვის პროდუქტებში</x:t>
+    <x:t>ნიტროფურანების ჯგუფის (AOZ, AMOZ, AHD, SEM) განსაზღვრა თაფლში, ხორცსა და ზღვის პროდუქტებში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულებაა - 868 ლარი, 16 ნიმუშის შემთხვევაში - 437 ლარი, 24 ნიმუშის შემთხვევაში - 293 ლარი, 32 ნიმუშის შემთხვევაში - 221 ლარი, 40 ნიმუშის შემთხვევაში - 178 ლარი</x:t>
   </x:si>
   <x:si>
     <x:t>პესტიციდების განსაზღვრა რძესა და რძის პროდუქტებში "QuEChers"-ის მეთოდით</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფია/მასპექტომეტრია (GC/MS/MS), სითხური ქრომატოგრაფია/მასპექტრომეტრია/მასპექტრომეტრია (LC/MS/MS). ვალიდირებული მეთოდი R-277-2024-G</x:t>
   </x:si>
   <x:si>
     <x:t>რადიონუკლიდების ცეზიუმ‐137 (Cs‐ 137) და სტრონციუმ‐90 (Sr‐90) ხვედრითი აქტივობის განსაზღვრა სურსათში</x:t>
   </x:si>
   <x:si>
-    <x:t>გამა, ბეტა სპექტრომეტრია,                               МВИ.МН 1181‐2011</x:t>
+    <x:t>გამა, ბეტა სპექტრომეტრია, МВИ.МН 1181‐2011</x:t>
   </x:si>
   <x:si>
     <x:t>რძის ცხიმის სისუფთავის განსაზღვრა რძესა და რძის პროდუქტებში</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფია, სსტ ისო 17678:2019/2020</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">სულფანილამიდების ჯგუფის, ტრიმეთოპრიმის და დაპსონის განსაზღვრა თაფლში </x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულებაა - 1055.00 ლარი;  16 ნიმუშის შემთხვევაში - 550.00 ლარი; 24 ნიმუშის შემთხვევაში - 400.00 ლარი; 32 ნიმუშის შემთხვევაში - 330.00 ლარი; 40 ნიმუშის შემთხვევაში - 295.00 ლარი.</x:t>
   </x:si>
   <x:si>
     <x:t>სულფანილამიდების, ტრიმეტოპრიმის და დაპსონის განსაზღვრა რძეში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულებაა - 4845.00 ლარი;   16 ნიმუშის შემთხვევაში- 4345.00 ლარი;  24 ნიმუშის შემთხვევაში - 4190.00 ლარი;  32 ნიმუშის შემთხვევაში - 4120.00 ლარი;  40 ნიმუშის შემთხვევაში - 4085.00 ლა</x:t>
   </x:si>
   <x:si>
-    <x:t>სულფანილამიდების, ტრიმეტოპრიმის და დაპსონის განსაზღვრა ხორცში და თევზში</x:t>
-[...2 lines deleted...]
-    <x:t>სულფონამიდების ჯგუფის ანტიბიოტიკების განსაზღვრა თაფლში სითხურ ქრომატოგრაფთან შეუღლებული სამმაგ კვადრუპოლიანი მას-სპექტრომეტრის (TSQ QUANTIS) საშუალებით.</x:t>
+    <x:t>სულფანილამიდების, ტრიმეტოპრიმისა და დაპსონის განსაზღვრა ხორცსა და თევზში</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სულფონამიდების ჯგუფის ანტიბიოტიკების განსაზღვრა თაფლში სითხურ ქრომატოგრაფთან შეუღლებული სამმაგ კვადრუპოლიანი მას-სპექტრომეტრის (TSQ QUANTIS) საშუალებით</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია/მას-სპექტრომეტრია/მას-სპექტრომეტრია (LC/MS/MS) ვალიდირებული მეთოდი R-279-2024-G</x:t>
   </x:si>
   <x:si>
     <x:t>ტეტრაციკლინების, სტრეპტომიცინის, თილოზინის თიამფენიკოლის, ქინოლების, ცეფტიოფურის ჯგუფების ნივთიერებების განსაზღვრა რძეში</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> 8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულებაა - 4925.00 ლარი;   16 ნიმუშის შემთხვევაში - 4385.00 ლარი;  24 ნიმუშის შემთხვევაში - 4215.00 ლარი;  32 ნიმუშის შემთხვევაში - 4140.00 ლარი;  40 ნიმუშის შემთხვევაში - 4100.00 ლ</x:t>
   </x:si>
   <x:si>
     <x:t>ტეტრაციკლინის ჯგუფის (ტეტრაციკლინი, ოქსიტეტრაციკლინი, ქლორტეტრაციკლინი) განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
     <x:t>ყოველი დამატებითი ნიმუში + 82 (არაუმეტეს 10 ნიმუშისა)</x:t>
   </x:si>
   <x:si>
-    <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია,                        გოსტ 31694:2012</x:t>
+    <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია,  გოსტ 31694:2012</x:t>
   </x:si>
   <x:si>
     <x:t>ტეტრაციკლინის ჯგუფის ნივთიერებების - ტეტრაციკლინის, ოქსიტეტრაციკლინის და ქლორტეტრაციკლინის განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
-    <x:t>ტეტრაციკლინის ჯგუფის: ტეტრაციკლინის, ოქსიტეტრაციკლინის და ქლოროტეტრაციკლინის განსაზღვრა ხორცში და თევზში</x:t>
+    <x:t>ტეტრაციკლინის ჯგუფის: ტეტრაციკლინის, ოქსიტეტრაციკლინის და ქლოროტეტრაციკლინის განსაზღვრა ხორცსა და თევზში</x:t>
   </x:si>
   <x:si>
     <x:t>ტრანსცხიმების განსაზღვრა სურსათში</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფია, სსტ ისო 12966-1:2014/2017  სსტ ისო 12966-2:2017/2017  სსტ ისო 12966-4:2015/2017</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ტრიფენილმეთანის საღებავების ნარჩენებისა და მათი მეტაბოლიტების (მალაქიტის მწვანე, ლეუკო მალაქიტის მწვანე, კრისტალური იისფერი, ლეუკო კრისტალური იისფერი და ბრილიანტის მწვანე)  განსაზღვრა თევზში </x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-173-2023-G</x:t>
   </x:si>
   <x:si>
     <x:t>უჯერი და ნაჯერი ცხიმოვანი მჟავების განსაზღვრა სურსათში, რომელიც შეიცავს ცხოველურ და მცენარეულ ცხიმებს და ზეთებს</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფია, სსტ ისო 12966-1:2014/2017 სსტ ისო 12966-2:2017/2017 სსტ ისო 12966-4:2015/2017</x:t>
   </x:si>
   <x:si>
     <x:t>ფოსფორორგანული პესტიციდების და კარბამატების განსაზღვრა ხილში, ბოსტნეულში და წვენებში</x:t>
   </x:si>
   <x:si>
     <x:t>ფოსფორორგანული პესტიციდების, პირეტროიდების და კარბამატების (ბიფენტრინი, დელტამეტრინი, ესფენვალერატი, კარბოსულფანი, ფენვალერატი, ქლორპირიფოსი, ციპერმეტრინი, პარათიონ-მეთილი, პარაოქსონ-მეთილი, პარათიონი, იზოკარბოფოსი, EPN, აზინფოს-მეთილი, ქლორფენვინფოსი, დიაზინონი, დიქლორფოსი, დიმეთოატი, ეთიონი, ფენამიფოსი, ფენამიფოსის სულფოქსიდი, ფენამიფოსის სულფონი, ფენთიონი, მალაოქსონი, მალათიონი, მეთამიდოფოსი, ომეთოატი,ფოსმეტი, პირიმიფოს-მეთილი, ტრიაზოფოსი, კარბოფურანი, ფორმეთანატი, პროპამოკარბი, ალდიკარბის სულფოქსიდი, ალდიკარბის სულფონი, ალდიკარბი, ოქსამილ, მეტომილი, თიოდიკარბი, კარბოსულფანი, პირიმიკარბი, კარბარილი, იპროვალიკარბი, ფენოქსიკარბი) განსაზღვრა სურსათში</x:t>
   </x:si>
   <x:si>
     <x:t>ყოველი დამატებითი ნიმუში + 65 (არაუმეტეს 10 ნიმუშისა)</x:t>
   </x:si>
   <x:si>
-    <x:t>გაზური და სითხური ქრომატოგრაფია - მასსპექტრომეტრია,                               EN 15662:2018</x:t>
+    <x:t>გაზური და სითხური ქრომატოგრაფია - მასსპექტრომეტრია, EN 15662:2018</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ქლორამფენიკოლის  განსაზღვრა რძეში, თაფლში, თევზსა და ხორცში </x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-244-2023-G</x:t>
   </x:si>
   <x:si>
     <x:t>ქლორამფენიკოლის განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
     <x:t>ქლორამფენიკოლის განსაზღვრა რძეში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულება - 5265.00 ლარი;  16 ნიმუშის შემთხვევაში - 4600.00 ლარი; 24 ნიმუშის შემთხვევაში - 4410.00 ლარი; 32 ნიმუშის შემთხვევაში - 4340.00 ლარი; 40 ნიმუშის შემთხვევაში - 4315.00 ლარი.</x:t>
   </x:si>
   <x:si>
-    <x:t>ქლორამფენიკოლის განსაზღვრა ხორცში და თევზში</x:t>
+    <x:t>ქლორამფენიკოლის განსაზღვრა ხორცსა და თევზში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულება - 1475.00 ლარი;  16 ნიმუშის შემთხვევაში - 810.00 ლარი; 24 ნიმუშის შემთხვევაში - 620.00 ლარი; 32 ნიმუშის შემთხვევაში - 550.00 ლარი; 40 ნიმუშის შემთხვევაში - 525.00 ლარი.</x:t>
   </x:si>
   <x:si>
     <x:t>ქლორამფენიკოლის და ნიტროიმიდაზოლების  განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულებაა - 868 ლარი, 16 ნიმუშის შემთხვევაში - 437 ლარი, 24 ნიმუშის შემთხვევაში - 293 ლარი, 32 ნიმუშის შემთხვევაში - 221 ლარი, 40 ნიმუშის შემთხვევაში - 178 ლარი.</x:t>
   </x:si>
   <x:si>
     <x:t>ქლორორგანული პესტიციდების (ალფა-ჰექსაქლორციკლოჰექსანი, ბეტა-ჰექსაქლორციკლოჰექსანი, დელტა-ჰექსაქლორციკლოჰექსანი, გამა-ჰექსაქლორციკლოჰექსანი, 4,4’- DDD, 4,4’-DDE, 4,4’-DDT, ჰეფტაქლორი, ალდრინი, ქლორპირიფოსი, ჰეფტაქლორ ეპოქსიდი, ენდოსულფანი, დიელდრინი, ენდოსულფანის სულფატი, მეტოქსიქლორი, ლამბდაციჰალოტრინი, პერმეტრინი, ციპერმეტრინი, ტაუ-ფლუვალინატი) განსაზღვრა სურსათში</x:t>
   </x:si>
   <x:si>
     <x:t>ყოველი დამატებითი ნიმუში + 70 (არაუმეტეს 10 ნიმუშისა)</x:t>
   </x:si>
   <x:si>
-    <x:t>გაზური ქრომატოგრაფია - მას-სპექტრომეტრია, AOAC 2007.01,                             EN 15662:2018</x:t>
+    <x:t>გაზური ქრომატოგრაფია - მას-სპექტრომეტრია, AOAC 2007.01, EN 15662:2018</x:t>
   </x:si>
   <x:si>
     <x:t>შაქრების (ფრუქტოზა, გლუკოზა, საქაროზა) განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
     <x:t>მაღალეფექტური სითხური ქრომატოგრაფია, მწარმოებლის (Agilent) მიერ მოწოდებული მეთოდი</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">ცეფალოსპორინების განსაზღვრა თაფლში და რძეში </x:t>
+    <x:t xml:space="preserve">ცეფალოსპორინების განსაზღვრა თაფლსა და რძეში </x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-114-2022-G</x:t>
   </x:si>
   <x:si>
     <x:t>ჰისტამინის განსაზღვრა თევზში და თევზის პროდუქტებში</x:t>
   </x:si>
   <x:si>
     <x:t>მაღალეფექტური სითხური ქრომატოგრაფია, ვალიდირებული მეთოდი  R-027-2018-G</x:t>
   </x:si>
   <x:si>
     <x:t>3-7 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>ინფრაწითელი სპექტრომეტრია, ანაერობული დეგრადაცია</x:t>
   </x:si>
   <x:si>
     <x:t>პლასტიკის მასალის მიკრო ფრაგმენტებად დაშლა (დეგრადაციის ხარისხი)</x:t>
   </x:si>
   <x:si>
     <x:t>ინფრაწითელი სპექტრომეტრია, ანაერობული დეგრადაცია, PAS 9017:2020; ან ASTM D5511</x:t>
   </x:si>
   <x:si>
     <x:t>15-45 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>მიკრობიოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>Campylobacter spp (თვისობრივი)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ენ ისო 10272-1:2017/2018 (დათვლის მეთოდი)</x:t>
   </x:si>
   <x:si>
     <x:t>6 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>Campylobacter spp (რაოდენობრივი)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ენ ისო 10272-2:2017/2018</x:t>
   </x:si>
   <x:si>
-    <x:t>Coagulase positive staphylococci (კოაგულაზა დადებითი სტაფილოკოკი)</x:t>
+    <x:t>E. coli O 157:H7 (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7 SYSTEM Manual Page 15-19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.coli O 157:H7 (PCR) ჩამონარეცხი (სურსათის წარმოების ინვენტარიდან, ხელსაწყო-დანადგარებიდან, შესაფუთი მასალიდან)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7SYSTEM Manual Page 15-19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E.coli ეშერიხია კოლი (სასმელი წყალი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 9308-1:2014/2014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4 სამუშაო დღე</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ebterobacteriaceae (ენტერობაქტერიები) ჩამონარეცხი (სურსათის წარმოების ინვენტარიდან, ხელსაწყო-დანადგარებიდან, შესაფუთი მასალიდან)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 21528-2:2017/2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enterobacteriaceae (ენტერობაქტერიები)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Listeria monocitogenes (ლისტერია მონოციტოგენეზი) ჩამონარეცხი (სურსათის წარმოების ინვენტარიდან, ხელსაწყო-დანადგარებიდან, შესაფუთი მასალიდან)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 11290-1:2017/2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6-10 სამუშაო დღე</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Listeria monocytogenes ლისტერია მონოციტოგენეზი (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7 SYSTEM Manual Page 43-46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Listeria monocytogenes ლისტერია მონოციტოგენეზი (თვისობრივი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Listeria monocytogenes ლისტერია მონოციტოგენეზი (რაოდენობრივი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 11290-2:2017/2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-9 სამუშაო დღე</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proteus spp. (პროტეუსი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 28560- 90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pseudomonas aeruginosa ფსევდომონას აეროგინოზა (სასმელი წყალი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 16266:2007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S.aureus (ოქროსფერი სტაფილოკოკი)  (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7 SYSTEM Manual Page 67-69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salmonella spp ჩამონარეცხი (სურსათის წარმოების ინვენტარიდან, ხელსაწყო-დანადგარებიდან, შესაფუთი მასალიდან)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 6979-1:2017/2019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salmonella spp. (სალმონელა)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 6579-1:2017/2019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salmonella spp. (სალმონელა) (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7 SYSTEM Manual Page 31-36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salmonella spp. (სალმონელა) (სასმელი წყალი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 19250:2010/2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shigella spp (შიგელა) ჩამონარეცხი (სურსათის წარმოების ინვენტარიდან, ხელსაწყო-დანადგარებიდან, შესაფუთი მასალიდან)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 21567-:2004/2014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-5  სამუშაო დღე</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shigella spp შიგელა</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 21567:2004/2014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shigella spp. შიგელა (სასმელი წყალი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPA Standard Methods-9260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Streptococcus faecalis ფეკალური სტრეპტოკოკი (სასმელი წყალი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 7899-2:2007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3 სამუშაო დღე</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vibrio parahaemolitycus ვიბრიო პარაჰაემოლიტიკუს</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 21872-1:2007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vibrio parahaemolitycus ვიბრიო პარაჰაემოლიტიკუს (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7 SYSTEM Manual Page 70-73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>აერობული მიკროორგანიზმების კოლონიების რაოდენობა</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> სსტ ისო 4833-1:2013/2015 სსტ ისო 4833-2:2013/2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>აერობული მიკროორგანიზმების რაოდენობა  ჩამონარეცხი (სურსათის წარმოების ინვენტარიდან, ხელსაწყო-დანადგარებიდან, შესაფუთი მასალიდან)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 4833-1:2013/2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ანტიბიოტიკური მგრძნობელობა</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ჯანმო პროტოკოლი 2010 GFNLA002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6-8 სამუშაო დღე</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ბეტა-გლუკურონიდაზა დადებითი E.coli (ეშირიხია კოლი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 16649-3:2015/2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ბეტა-გლუკურონიდაზა დადებითი E.coli (ეშირიხია კოლი) ჩამონარეცხი (სურსათის წარმოების ინვენტარიდან, ხელსაწყო-დანადგარებიდან, შესაფუთი მასალიდან)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 16649-2:2001/2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ბეტა-გლუჯურონიდაზა დადებითი E.coli (ეშირიხია კოლი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ენტერობაქტერია საკაზაკიი</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 22964:2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ენტერობაქტერია საკაზაკიი (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7 SYSTEM Manual Page 20-22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ენტეროკოკები</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 28566-90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>კოაგულაზა დადებითი სტაფილოკოკი</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 6888-1:2021/2021</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 6882-2:2021/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Coagulase positive staphylococci (კოაგულაზა დადებითი სტაფილოკოკი) ჩამონარეცხი (სურსათის წარმოების ინვენტარიდან, ხელსაწყო-დანადგარებიდან, შესაფუთი მასალიდან)</x:t>
-[...197 lines deleted...]
-    <x:t>გოსტ 28566-90</x:t>
+    <x:t>კოაგულაზა დადებითი სტაფილოკოკი ჩამონარეცხი (სურსათის წარმოების ინვენტარიდან, ხელსაწყო-დანადგარებიდან, შესაფუთი მასალიდან)</x:t>
   </x:si>
   <x:si>
     <x:t>კოლი ფორმები, E.coli (სასმელი წყალი)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 9308-2:2012/2013</x:t>
   </x:si>
   <x:si>
     <x:t>კოლიფორმები</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 4832:2009</x:t>
   </x:si>
   <x:si>
     <x:t>კოლიფორმული ბაქტერიები  ჩამონარეცხი (სურსათის წარმოების ინვენტარიდან, ხელსაწყო-დანადგარებიდან, შესაფუთი მასალიდან)</x:t>
   </x:si>
   <x:si>
     <x:t>მეზოფილური აერობები და ფაკულტატური ანაერობები (სასმელი წყალი)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო  6222 - 2008</x:t>
   </x:si>
   <x:si>
     <x:t>IDEXX HPC Quanti Tray მიხედვით</x:t>
   </x:si>
@@ -1286,51 +1283,51 @@
   <x:si>
     <x:t>ვაზის მუხლთაშორისების დამოკლების ვირუსის (Grapevine fanleaf virus (GFLV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაზის ფოთლის დახვევის ვირუსი‐1 (Grapevine leafroll associated virus-1 (GLRaV‐1)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაზის ფოთლის დახვევის ვირუსი‐3 (Grapevine leafroll associated virus-3 (GLRaV‐3)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაშლის მოზაიკის ვირუსის (Apple mosaic virus (ApMV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაშლის ორმოსებრი ღეროს ვირუსის (Apple stem pitting virus (ASPV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაშლის ქლოროზული ლაქიანობის ვირუსი (Apple chlorotic leaf spot virus (ACLSV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაშლის ღეროს დაღარვის ვირუსის (Apple stem grooving virus (ASPV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვიზუალური გამოკვლევა მცენარეთა მავნე ორგანიზმების არსებობაზე</x:t>
   </x:si>
   <x:si>
-    <x:t>ვიზუალური დათვალირება</x:t>
+    <x:t>ვიზუალური დათვალიერება</x:t>
   </x:si>
   <x:si>
     <x:t>ვიროიდების გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>7  სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>ვირუსების გამოვლენა ექსპრეს მეთოდით</x:t>
   </x:si>
   <x:si>
     <x:t>ზეთისხილის ბაქტერიული  დაავადების გამომწვევის Pseudomonas savastanoi pv. savastanoi  გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>კლასიკურ-ბაქტერიოლოგიური და  პოლიმერაზულ ჯაჭვური რეაქციის მეთოდები</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">თამბაქოს რგოლოვანი ლაქიანობის ვირუსის (Tobacco ringspot virus (TRSV)) გამოვლენა </x:t>
   </x:si>
   <x:si>
     <x:t>თხილის ბაქტერიული კიბოს გამომწვევის Pseudomonas syringae pv. avellanae გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>თხილის ბაქტერიული ჭკნობის გამომწვევის Xanthomonas arboricola pv. corylina გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
@@ -1631,51 +1628,51 @@
   <x:si>
     <x:t>ზრდასრული კოღოების სახეობების იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>ზრდასრული კულიკოიდების სახეობების იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>სასმელ წყალში დიზინტერიული ამებისა და ლამბლიების ცისტების განსაზღვრა</x:t>
   </x:si>
   <x:si>
     <x:t>კოაგულაციის მეთოდი მიკროსკოპია</x:t>
   </x:si>
   <x:si>
     <x:t>ტკიპების სახეობების იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>ტრიქინელოზი</x:t>
   </x:si>
   <x:si>
     <x:t>მიკროსკოპია, ბიოქიმია</x:t>
   </x:si>
   <x:si>
     <x:t>ჰელმინთები, პროტოზოები ‐ პათ.მასალა</x:t>
   </x:si>
   <x:si>
-    <x:t>კოპროლოგია, მიკროსკოპია მიკროსკოპია  (კომპრესორიუმით)    ბიოქიმია მიკროსკოპია</x:t>
+    <x:t xml:space="preserve">კოპროლოგია, მიკროსკოპია (კომპრესორიუმით), ბიოქიმია </x:t>
   </x:si>
   <x:si>
     <x:t>რენტგენო სტრუქტურული ანალიზი</x:t>
   </x:si>
   <x:si>
     <x:t>პლასტიკის მასალებში მეტალების (თუთიის, სპილენძის, ნიკელის, კადმიუმის, ტყვიის, ვერცხლისწყლის, ქრომის, მოლიბდენის, სელენის, დარიშხანის) განსაზღვრა</x:t>
   </x:si>
   <x:si>
     <x:t>რენტგენო სტრუქტურული ანალიზი, ვალიდირებული მეთოდი R2922024-G</x:t>
   </x:si>
   <x:si>
     <x:t>სეროლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>ბლუთანგი ‐ სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ანტისხეულების აღმომჩენი ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (Ab‐ELISA)</x:t>
   </x:si>
   <x:si>
     <x:t>ბრუცელოზი – ნედლი რძე</x:t>
   </x:si>
   <x:si>
     <x:t>რძის რგოლური რეაქცია (MRR)</x:t>
   </x:si>
@@ -1697,72 +1694,72 @@
   <x:si>
     <x:t>თურქული ‐ თურქულის ვირუსის არასტრუქტურული ცილების (NSP) საწინააღმდეგო ანტისხეულები, სისხლის (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>თურქული-თურქულის ვირუსის (A,O,Asia 1,SAT2) სეროტიპების სტრუქტურული ცილების (SP) საწინააღმდეგო ანტისხეულები, სისხლის სინჯი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>თურქულის ვირუსის სეროტიპ ანტისხეულების აღმომჩენი მყარ ფაზიანი კონკურენტული ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA)</x:t>
   </x:si>
   <x:si>
     <x:t>თურქულის ვირუსის A, O, Asia 1, SAT 2 სეროტიპების სტრუქტურული ცილების (FMD SP) საწინააღმდეგო ანტისხეულების რაოდენობრივი განსაზღვრა განზავებებით. ნიმუში: სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>თურქულის ვირუსის A, O, Asia 1 და SAT 2 სეროტიპების სპეციფიკური ანტისხეულების აღმომჩენი მყარფაზიანი კონკურენტული ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA)</x:t>
   </x:si>
   <x:si>
     <x:t>თურქულის ვირუსის ანტიგენის დეტექცია, ვირუსის სეროტიპირება (ტიპი A; O; Asia 1; SAT1; SAT2) ნიმუში: პათ. მასალა - ეპითელიუმის ვეზიკული; ვეზიკულური სითხე.</x:t>
   </x:si>
   <x:si>
     <x:t>თურქულის ვირუსის ანტიგენის აღმომჩენი ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი.</x:t>
   </x:si>
   <x:si>
     <x:t>ლეიკოზი - სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
-    <x:t>ლეიშმანიოზი_ძაღლის სისხლი (შრატი)</x:t>
+    <x:t>ლეიშმანიოზი-ძაღლის სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ლეპტოსპიროზი, ძუძუმწოვარი ცხოველები - სისხლი (შრატში)</x:t>
   </x:si>
   <x:si>
     <x:t>მაღალპათოგენური ფრინველის გრიპი ‐ სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>მსხვილი რქოსანი პირუტყვის ღრუბლისებრი ენცეფალოპათია - სკრეპი, პათ. მასალა (თავის ტვინი)</x:t>
   </x:si>
   <x:si>
     <x:t>ანტიგენის აღმომჩენი ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA-Ag)</x:t>
   </x:si>
   <x:si>
     <x:t>ნიუკასლი იმუნური სტატუსის განსაზღვრა - სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ქუ ცხელება ‐ სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
-    <x:t>იმუნოფლუორესცენტული  ანტისხეულების ანალიზი (IFA)</x:t>
+    <x:t>იმუნოფლუორესცენტული ანტისხეულების ანალიზი (IFA)</x:t>
   </x:si>
   <x:si>
     <x:t>ქუ-ცხელება - სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ღორის აფრიკული ცხელება ‐ სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ღორის ვეზიკულური დაავადება - სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ღორის კლასიკური ცხელება ‐ სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ყირიმ-კონგოს ჰემორაგიული ცხელება - სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ცოფი პოსტ ვაქცინალური იმუნური სტატუსის განსაზღვრა ხორცისმჭამელ ცხოველებში - სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ცხენის ინფექციური ანემია ‐ სისხლის სინჯი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>აგარის გელში იმუნოდიფუზიის ტესტი (AGID)</x:t>
   </x:si>
@@ -1970,51 +1967,51 @@
   <x:si>
     <x:t>ვეტერინარული სახელმძღვანელო</x:t>
   </x:si>
   <x:si>
     <x:t>სუფრის მარილის განსაზღვრა პურ-ფუნთუშეულში</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 5698-51 2</x:t>
   </x:si>
   <x:si>
     <x:t>სუფრის მარილის მასური წილი (სურსათი)</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 9957-2015  გოსტ 7636-85</x:t>
   </x:si>
   <x:si>
     <x:t>სუფრის მარილის მასური წილი (ცხოველთა საკვები)</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 13496.1-98</x:t>
   </x:si>
   <x:si>
     <x:t>ტენიანობა, მშრალი ნივთიერება</x:t>
   </x:si>
   <x:si>
-    <x:t>გოსტ 9793-74  გოსტ 7636-85</x:t>
+    <x:t>გოსტ 9793-74,  გოსტ 7636-85</x:t>
   </x:si>
   <x:si>
     <x:t>ტუტიანობა</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 5898-87</x:t>
   </x:si>
   <x:si>
     <x:t>ფოთლისა და უხეში მასალის მასური წილი</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 1936-85</x:t>
   </x:si>
   <x:si>
     <x:t>ფორიანობა (პური და პურ-ფუნთუშეული)</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 5669-96</x:t>
   </x:si>
   <x:si>
     <x:t>ფოსფორის მასური წილი (ცხოველთა საკლვები)</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 26657-97</x:t>
   </x:si>
@@ -2072,75 +2069,75 @@
   <x:si>
     <x:t>გოსტ 31466-2012</x:t>
   </x:si>
   <x:si>
     <x:t>წებოგვარას რაოდენობრივი და ხარისხობრივი განსაზღვრა</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 27839-2013</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">წყალში ხსნადი ექსტრაქციული ნივთიერებები </x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 28551-90 (ISO 1574-80)</x:t>
   </x:si>
   <x:si>
     <x:t>წყლის საერთო შემცველობის განსაზღვრა გაყინულ და სწრაფად გაყინულ ქათამში, (ასევე ქათმის ცალკეულ ნაჭრებში) (ქიმიური მეთოდი)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 937:2008 სსტ ისო 1442:2008</x:t>
   </x:si>
   <x:si>
     <x:t>3-6 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
-    <x:t>ჭარბი წყლის განსაზღვრა გაყინულ ქათამში და ქათმის ცალკეულ ნაჭრებში</x:t>
+    <x:t>ჭარბი წყლის განსაზღვრა გაყინულ ქათამსა და ქათმის ცალკეულ ნაჭრებში</x:t>
   </x:si>
   <x:si>
     <x:t>დადგენილება 340-ის მიხედვით</x:t>
   </x:si>
   <x:si>
     <x:t>ხორბლის ფქვილში ხარისხის დადგენა</x:t>
   </x:si>
   <x:si>
     <x:t>ფოტომეტრიული მეთოდი. CKИБ-M</x:t>
   </x:si>
   <x:si>
     <x:t>ხორცის სიახლის განსაზღვრა (გადადენის მეთოდი)</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 23392-78</x:t>
   </x:si>
   <x:si>
     <x:t>ხორცის სიახლის განსაზღვრა (თვისობრივი რეაქცია)</x:t>
   </x:si>
   <x:si>
     <x:t>ხსნადობა (კვერცხი, ყავა)</x:t>
   </x:si>
   <x:si>
-    <x:t>"გოსტ 31469-2012 გოსტ 32776-2014"</x:t>
+    <x:t>გოსტ 31469-2012 გოსტ 32776-2014</x:t>
   </x:si>
   <x:si>
     <x:t>წყალი</x:t>
   </x:si>
   <x:si>
     <x:t>სახელმძღვანელო "OAKTON"- ph/con510</x:t>
   </x:si>
   <x:si>
     <x:t>ამიაკი</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 33045-2014</x:t>
   </x:si>
   <x:si>
     <x:t>სახელმძღვანელო "OAKTON"- ph/con510-სათვის</x:t>
   </x:si>
   <x:si>
     <x:t>კალციუმის იონი</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 6059-1984</x:t>
   </x:si>
   <x:si>
     <x:t>მაგნიუმის იონი</x:t>
   </x:si>
@@ -2566,51 +2563,51 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:G432"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="70.850625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="225.600625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="225.070625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.685425" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="9.205425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="62.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="105.200625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="18.825425" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
@@ -5228,6097 +5225,6097 @@
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D129" s="0" t="n">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D130" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D131" s="0" t="n">
-        <x:v>130</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D132" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D133" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C134" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D134" s="0" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F134" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="G134" s="0" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D135" s="0" t="n">
-        <x:v>55</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D136" s="0" t="n">
-        <x:v>41</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D137" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D138" s="0" t="n">
-        <x:v>41</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D139" s="0" t="n">
-        <x:v>80</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D140" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D141" s="0" t="n">
-        <x:v>127</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D142" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D143" s="0" t="n">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D144" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D145" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D146" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D147" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D148" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D149" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D150" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D151" s="0" t="n">
-        <x:v>185</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D152" s="0" t="n">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D153" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D154" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D155" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F155" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="D155" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="F155" s="0" t="s">
+      <x:c r="G155" s="0" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D156" s="0" t="n">
-        <x:v>76</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D157" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D158" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D159" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D160" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D161" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D162" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C163" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D163" s="0" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F163" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C163" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D164" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D165" s="0" t="n">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D166" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D167" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D168" s="0" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D169" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D170" s="0" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D171" s="0" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D172" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D173" s="0" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
       <x:c r="A174" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D174" s="0" t="n">
         <x:v>280</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D175" s="0" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:7">
       <x:c r="A176" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D176" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="G176" s="0" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
       <x:c r="A177" s="0" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D177" s="0" t="n">
         <x:v>232</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:7">
       <x:c r="A178" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D178" s="0" t="n">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:7">
       <x:c r="A179" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D179" s="0" t="n">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:7">
       <x:c r="A180" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D180" s="0" t="n">
         <x:v>266</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:7">
       <x:c r="A181" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D181" s="0" t="n">
         <x:v>232</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:7">
       <x:c r="A182" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D182" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:7">
       <x:c r="A183" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D183" s="0" t="n">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:7">
       <x:c r="A184" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D184" s="0" t="n">
         <x:v>232</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:7">
       <x:c r="A185" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D185" s="0" t="n">
         <x:v>240</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:7">
       <x:c r="A186" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D186" s="0" t="n">
         <x:v>293</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:7">
       <x:c r="A187" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D187" s="0" t="n">
         <x:v>264</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:7">
       <x:c r="A188" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D188" s="0" t="n">
         <x:v>254</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:7">
       <x:c r="A189" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D189" s="0" t="n">
         <x:v>254</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:7">
       <x:c r="A190" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D190" s="0" t="n">
         <x:v>202</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:7">
       <x:c r="A191" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D191" s="0" t="n">
         <x:v>220</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:7">
       <x:c r="A192" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D192" s="0" t="n">
         <x:v>254</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:7">
       <x:c r="A193" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D193" s="0" t="n">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:7">
       <x:c r="A194" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D194" s="0" t="n">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:7">
       <x:c r="A195" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D195" s="0" t="n">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:7">
       <x:c r="A196" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D196" s="0" t="n">
         <x:v>245</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:7">
       <x:c r="A197" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D197" s="0" t="n">
         <x:v>224</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:7">
       <x:c r="A198" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D198" s="0" t="n">
         <x:v>210</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:7">
       <x:c r="A199" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D199" s="0" t="n">
         <x:v>169</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:7">
       <x:c r="A200" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D200" s="0" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:7">
       <x:c r="A201" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C201" s="0" t="s">
         <x:v>365</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
       <x:c r="D201" s="0" t="n">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:7">
       <x:c r="A202" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D202" s="0" t="n">
         <x:v>255</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:7">
       <x:c r="A203" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D203" s="0" t="n">
         <x:v>347</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:7">
       <x:c r="A204" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D204" s="0" t="n">
         <x:v>377</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:7">
       <x:c r="A205" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D205" s="0" t="n">
         <x:v>319</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:7">
       <x:c r="A206" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D206" s="0" t="n">
         <x:v>410</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:7">
       <x:c r="A207" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D207" s="0" t="n">
         <x:v>293</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:7">
       <x:c r="A208" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D208" s="0" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:7">
       <x:c r="A209" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D209" s="0" t="n">
         <x:v>275</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:7">
       <x:c r="A210" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D210" s="0" t="n">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:7">
       <x:c r="A211" s="0" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D211" s="0" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="G211" s="0" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:7">
       <x:c r="A212" s="0" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>377</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D212" s="0" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:7">
       <x:c r="A213" s="0" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D213" s="0" t="n">
         <x:v>330</x:v>
       </x:c>
       <x:c r="E213" s="0" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="F213" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="F213" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:7">
       <x:c r="A214" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D214" s="0" t="n">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:7">
       <x:c r="A215" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D215" s="0" t="n">
         <x:v>535</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:7">
       <x:c r="A216" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D216" s="0" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:7">
       <x:c r="A217" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D217" s="0" t="n">
         <x:v>335</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:7">
       <x:c r="A218" s="0" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="B218" s="0" t="s">
         <x:v>389</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D218" s="0" t="n">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G218" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:7">
       <x:c r="A219" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D219" s="0" t="n">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G219" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:7">
       <x:c r="A220" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D220" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G220" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:7">
       <x:c r="A221" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D221" s="0" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G221" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:7">
       <x:c r="A222" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D222" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:7">
       <x:c r="A223" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D223" s="0" t="n">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:7">
       <x:c r="A224" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D224" s="0" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="G224" s="0" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:7">
       <x:c r="A225" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D225" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="G225" s="0" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:7">
       <x:c r="A226" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D226" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:7">
       <x:c r="A227" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D227" s="0" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G227" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:7">
       <x:c r="A228" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D228" s="0" t="n">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="G228" s="0" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:7">
       <x:c r="A229" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D229" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G229" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:7">
       <x:c r="A230" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D230" s="0" t="n">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G230" s="0" t="s">
         <x:v>414</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:7">
       <x:c r="A231" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D231" s="0" t="n">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G231" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:7">
       <x:c r="A232" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D232" s="0" t="n">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G232" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:7">
       <x:c r="A233" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D233" s="0" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G233" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:7">
       <x:c r="A234" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D234" s="0" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G234" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:7">
       <x:c r="A235" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D235" s="0" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G235" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:7">
       <x:c r="A236" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D236" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G236" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:7">
       <x:c r="A237" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D237" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G237" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:7">
       <x:c r="A238" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D238" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G238" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:7">
       <x:c r="A239" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D239" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:7">
       <x:c r="A240" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D240" s="0" t="n">
         <x:v>480</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:7">
       <x:c r="A241" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D241" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:7">
       <x:c r="A242" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D242" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:7">
       <x:c r="A243" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D243" s="0" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G243" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:7">
       <x:c r="A244" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D244" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:7">
       <x:c r="A245" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D245" s="0" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:7">
       <x:c r="A246" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D246" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G246" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:7">
       <x:c r="A247" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D247" s="0" t="n">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G247" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:7">
       <x:c r="A248" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D248" s="0" t="n">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G248" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:7">
       <x:c r="A249" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D249" s="0" t="n">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G249" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:7">
       <x:c r="A250" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D250" s="0" t="n">
         <x:v>215</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G250" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:7">
       <x:c r="A251" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D251" s="0" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:7">
       <x:c r="A252" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D252" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G252" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:7">
       <x:c r="A253" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D253" s="0" t="n">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:7">
       <x:c r="A254" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D254" s="0" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:7">
       <x:c r="A255" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D255" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G255" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:7">
       <x:c r="A256" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D256" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G256" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:7">
       <x:c r="A257" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D257" s="0" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:7">
       <x:c r="A258" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D258" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:7">
       <x:c r="A259" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D259" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G259" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:7">
       <x:c r="A260" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D260" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G260" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:7">
       <x:c r="A261" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D261" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G261" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:7">
       <x:c r="A262" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D262" s="0" t="n">
         <x:v>255</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G262" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:7">
       <x:c r="A263" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D263" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="G263" s="0" t="s">
         <x:v>453</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:7">
       <x:c r="A264" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D264" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="G264" s="0" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:7">
       <x:c r="A265" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D265" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="G265" s="0" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:7">
       <x:c r="A266" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D266" s="0" t="n">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="G266" s="0" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:7">
       <x:c r="A267" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D267" s="0" t="n">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:7">
       <x:c r="A268" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D268" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:7">
       <x:c r="A269" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D269" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:7">
       <x:c r="A270" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D270" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:7">
       <x:c r="A271" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D271" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:7">
       <x:c r="A272" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D272" s="0" t="n">
         <x:v>215</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G272" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:7">
       <x:c r="A273" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D273" s="0" t="n">
         <x:v>215</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G273" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:7">
       <x:c r="A274" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D274" s="0" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G274" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:7">
       <x:c r="A275" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D275" s="0" t="n">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:7">
       <x:c r="A276" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D276" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G276" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:7">
       <x:c r="A277" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D277" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G277" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:7">
       <x:c r="A278" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D278" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G278" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:7">
       <x:c r="A279" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D279" s="0" t="n">
         <x:v>215</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G279" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:7">
       <x:c r="A280" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D280" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G280" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:7">
       <x:c r="A281" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D281" s="0" t="n">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="G281" s="0" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:7">
       <x:c r="A282" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D282" s="0" t="n">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="G282" s="0" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:7">
       <x:c r="A283" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D283" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:7">
       <x:c r="A284" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D284" s="0" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:7">
       <x:c r="A285" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D285" s="0" t="n">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="G285" s="0" t="s">
         <x:v>482</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:7">
       <x:c r="A286" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D286" s="0" t="n">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="G286" s="0" t="s">
         <x:v>485</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:7">
       <x:c r="A287" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D287" s="0" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:7">
       <x:c r="A288" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D288" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G288" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:7">
       <x:c r="A289" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D289" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:7">
       <x:c r="A290" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D290" s="0" t="n">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:7">
       <x:c r="A291" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D291" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="G291" s="0" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:7">
       <x:c r="A292" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D292" s="0" t="n">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G292" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:7">
       <x:c r="A293" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D293" s="0" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G293" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:7">
       <x:c r="A294" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D294" s="0" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G294" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:7">
       <x:c r="A295" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D295" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:7">
       <x:c r="A296" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D296" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G296" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:7">
       <x:c r="A297" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D297" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G297" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:7">
       <x:c r="A298" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D298" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:7">
       <x:c r="A299" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D299" s="0" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="G299" s="0" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:7">
       <x:c r="A300" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D300" s="0" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:7">
       <x:c r="A301" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D301" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="G301" s="0" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:7">
       <x:c r="A302" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D302" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G302" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:7">
       <x:c r="A303" s="0" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="B303" s="0" t="s">
         <x:v>505</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>506</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D303" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="G303" s="0" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:7">
       <x:c r="A304" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D304" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G304" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:7">
       <x:c r="A305" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D305" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G305" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:7">
       <x:c r="A306" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D306" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G306" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:7">
       <x:c r="A307" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D307" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G307" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:7">
       <x:c r="A308" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D308" s="0" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="G308" s="0" t="s">
         <x:v>401</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:7">
       <x:c r="A309" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D309" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="G309" s="0" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:7">
       <x:c r="A310" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D310" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:7">
       <x:c r="A311" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D311" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="G311" s="0" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:7">
       <x:c r="A312" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D312" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G312" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:7">
       <x:c r="A313" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D313" s="0" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:7">
       <x:c r="A314" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D314" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="G314" s="0" t="s">
         <x:v>395</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:7">
       <x:c r="A315" s="0" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="B315" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
-      <x:c r="B315" s="0" t="s">
+      <x:c r="C315" s="0" t="s">
         <x:v>513</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>514</x:v>
       </x:c>
       <x:c r="D315" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:7">
       <x:c r="A316" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C316" s="0" t="s">
         <x:v>516</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="D316" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:7">
       <x:c r="A317" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D317" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:7">
       <x:c r="A318" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="C318" s="0" t="s">
         <x:v>520</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>521</x:v>
       </x:c>
       <x:c r="D318" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:7">
       <x:c r="A319" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D319" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:7">
       <x:c r="A320" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D320" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:7">
       <x:c r="A321" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="C321" s="0" t="s">
         <x:v>525</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>526</x:v>
       </x:c>
       <x:c r="D321" s="0" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:7">
       <x:c r="A322" s="0" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="B322" s="0" t="s">
         <x:v>527</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>528</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D322" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:7">
       <x:c r="A323" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D323" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:7">
       <x:c r="A324" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D324" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:7">
       <x:c r="A325" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D325" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:7">
       <x:c r="A326" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D326" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:7">
       <x:c r="A327" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D327" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:7">
       <x:c r="A328" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D328" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:7">
       <x:c r="A329" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D329" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:7">
       <x:c r="A330" s="0" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="B330" s="0" t="s">
         <x:v>541</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D330" s="0" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:7">
       <x:c r="A331" s="0" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="B331" s="0" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D331" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:7">
       <x:c r="A332" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D332" s="0" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:7">
       <x:c r="A333" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D333" s="0" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:7">
       <x:c r="A334" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D334" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:7">
       <x:c r="A335" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D335" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:7">
       <x:c r="A336" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D336" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:7">
       <x:c r="A337" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D337" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:7">
       <x:c r="A338" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D338" s="0" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:7">
       <x:c r="A339" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D339" s="0" t="n">
         <x:v>352</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:7">
       <x:c r="A340" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D340" s="0" t="n">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:7">
       <x:c r="A341" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D341" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:7">
       <x:c r="A342" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D342" s="0" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:7">
       <x:c r="A343" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D343" s="0" t="n">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:7">
       <x:c r="A344" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D344" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:7">
       <x:c r="A345" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D345" s="0" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:7">
       <x:c r="A346" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D346" s="0" t="n">
         <x:v>263</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:7">
       <x:c r="A347" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D347" s="0" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:7">
       <x:c r="A348" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D348" s="0" t="n">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:7">
       <x:c r="A349" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D349" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:7">
       <x:c r="A350" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D350" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:7">
       <x:c r="A351" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D351" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:7">
       <x:c r="A352" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D352" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:7">
       <x:c r="A353" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D353" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:7">
       <x:c r="A354" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D354" s="0" t="n">
         <x:v>145</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:7">
       <x:c r="A355" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D355" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:7">
       <x:c r="A356" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D356" s="0" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:7">
       <x:c r="A357" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D357" s="0" t="n">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:7">
       <x:c r="A358" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D358" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:7">
       <x:c r="A359" s="0" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="B359" s="0" t="s">
         <x:v>581</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>582</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D359" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:7">
       <x:c r="A360" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D360" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:7">
       <x:c r="A361" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D361" s="0" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:7">
       <x:c r="A362" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D362" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:7">
       <x:c r="A363" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D363" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:7">
       <x:c r="A364" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="C364" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D364" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F364" s="0" t="s">
         <x:v>592</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>593</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:7">
       <x:c r="A365" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D365" s="0" t="n">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="G365" s="0" t="s">
         <x:v>595</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:7">
       <x:c r="A366" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D366" s="0" t="n">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:7">
       <x:c r="A367" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="C367" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D367" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F367" s="0" t="s">
         <x:v>598</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>599</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:7">
       <x:c r="A368" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D368" s="0" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:7">
       <x:c r="A369" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D369" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:7">
       <x:c r="A370" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D370" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:7">
       <x:c r="A371" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D371" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:7">
       <x:c r="A372" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D372" s="0" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:7">
       <x:c r="A373" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D373" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:7">
       <x:c r="A374" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D374" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:7">
       <x:c r="A375" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D375" s="0" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:7">
       <x:c r="A376" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D376" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:7">
       <x:c r="A377" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D377" s="0" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:7">
       <x:c r="A378" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="C378" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D378" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F378" s="0" t="s">
         <x:v>620</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>621</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:7">
       <x:c r="A379" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C379" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D379" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F379" s="0" t="s">
         <x:v>622</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>623</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:7">
       <x:c r="A380" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="C380" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D380" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F380" s="0" t="s">
         <x:v>624</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>625</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:7">
       <x:c r="A381" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D381" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:7">
       <x:c r="A382" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D382" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:7">
       <x:c r="A383" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D383" s="0" t="n">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:7">
       <x:c r="A384" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D384" s="0" t="n">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:7">
       <x:c r="A385" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D385" s="0" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:7">
       <x:c r="A386" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D386" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:7">
       <x:c r="A387" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="C387" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D387" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F387" s="0" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>639</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:7">
       <x:c r="A388" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D388" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:7">
       <x:c r="A389" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="C389" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D389" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F389" s="0" t="s">
         <x:v>642</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>643</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:7">
       <x:c r="A390" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D390" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:7">
       <x:c r="A391" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D391" s="0" t="n">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:7">
       <x:c r="A392" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D392" s="0" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:7">
       <x:c r="A393" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D393" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:7">
       <x:c r="A394" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D394" s="0" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:7">
       <x:c r="A395" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D395" s="0" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:7">
       <x:c r="A396" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D396" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:7">
       <x:c r="A397" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="C397" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D397" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F397" s="0" t="s">
         <x:v>658</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>659</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:7">
       <x:c r="A398" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D398" s="0" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:7">
       <x:c r="A399" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D399" s="0" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:7">
       <x:c r="A400" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D400" s="0" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:7">
       <x:c r="A401" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D401" s="0" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:7">
       <x:c r="A402" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D402" s="0" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:7">
       <x:c r="A403" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D403" s="0" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:7">
       <x:c r="A404" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D404" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:7">
       <x:c r="A405" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D405" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:7">
       <x:c r="A406" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D406" s="0" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:7">
       <x:c r="A407" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="C407" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D407" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F407" s="0" t="s">
         <x:v>678</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>679</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:7">
       <x:c r="A408" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="C408" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D408" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F408" s="0" t="s">
         <x:v>680</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>681</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:7">
       <x:c r="A409" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="C409" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D409" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F409" s="0" t="s">
         <x:v>682</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>683</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:7">
       <x:c r="A410" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D410" s="0" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="G410" s="0" t="s">
         <x:v>685</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>686</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:7">
       <x:c r="A411" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D411" s="0" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:7">
       <x:c r="A412" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="C412" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D412" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F412" s="0" t="s">
         <x:v>689</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>690</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:7">
       <x:c r="A413" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D413" s="0" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:7">
       <x:c r="A414" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D414" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:7">
       <x:c r="A415" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C415" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D415" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F415" s="0" t="s">
         <x:v>694</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>695</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:7">
       <x:c r="A416" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D416" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:7">
       <x:c r="A417" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D417" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:7">
       <x:c r="A418" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D418" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:7">
       <x:c r="A419" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D419" s="0" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:7">
       <x:c r="A420" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D420" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:7">
       <x:c r="A421" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D421" s="0" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:7">
       <x:c r="A422" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D422" s="0" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:7">
       <x:c r="A423" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D423" s="0" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:7">
       <x:c r="A424" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D424" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:7">
       <x:c r="A425" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D425" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:7">
       <x:c r="A426" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D426" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:7">
       <x:c r="A427" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D427" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:7">
       <x:c r="A428" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D428" s="0" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:7">
       <x:c r="A429" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="C429" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D429" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F429" s="0" t="s">
         <x:v>719</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>720</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:7">
       <x:c r="A430" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D430" s="0" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:7">
       <x:c r="A431" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D431" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:7">
       <x:c r="A432" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D432" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>