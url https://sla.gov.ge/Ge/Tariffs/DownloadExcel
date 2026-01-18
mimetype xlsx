--- v1 (2025-12-07)
+++ v2 (2026-01-18)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7b1ee4336174b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ad6a96d1b1df43ac96b584a124c12a13.psmdcp" Id="Rca9c8130666a4ff6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cac960059374ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a0e50dfacd44b5297b3071599bd71fa.psmdcp" Id="Rdce46b94b2214487" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="725" uniqueCount="725">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="759" uniqueCount="759">
   <x:si>
     <x:t>კვლევის კატეგორია</x:t>
   </x:si>
   <x:si>
     <x:t>კვლევის (მომსახურების) დასახელება</x:t>
   </x:si>
   <x:si>
     <x:t>რაოდენობა</x:t>
   </x:si>
   <x:si>
     <x:t>ფასი</x:t>
   </x:si>
   <x:si>
     <x:t>ფასის კომენტარი</x:t>
   </x:si>
   <x:si>
     <x:t>მეთოდი</x:t>
   </x:si>
   <x:si>
     <x:t>ხანგრძლივობა</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> მოლეკულურ‐ბიოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
@@ -584,50 +584,56 @@
   <x:si>
     <x:t>ნიტროფურანების მეტაბოლიტების (AOZ, AMOZ, AHD, SEM) განსაზღვრა რძეში</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია მასსპექტრომეტრია, ვალიდირებული მეთოდი R-034-2019-G</x:t>
   </x:si>
   <x:si>
     <x:t>ნიტროფურანების მეტაბოლიტების (AOZ, AMOZ, AHD, SEM) განსაზღვრა ხორცსა და თევზში</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი R-034-2019-G</x:t>
   </x:si>
   <x:si>
     <x:t>ნიტროფურანების ჯგუფის (AOZ, AMOZ, AHD, SEM) განსაზღვრა თაფლში, ხორცსა და ზღვის პროდუქტებში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულებაა - 868 ლარი, 16 ნიმუშის შემთხვევაში - 437 ლარი, 24 ნიმუშის შემთხვევაში - 293 ლარი, 32 ნიმუშის შემთხვევაში - 221 ლარი, 40 ნიმუშის შემთხვევაში - 178 ლარი</x:t>
   </x:si>
   <x:si>
     <x:t>პესტიციდების განსაზღვრა რძესა და რძის პროდუქტებში "QuEChers"-ის მეთოდით</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფია/მასპექტომეტრია (GC/MS/MS), სითხური ქრომატოგრაფია/მასპექტრომეტრია/მასპექტრომეტრია (LC/MS/MS). ვალიდირებული მეთოდი R-277-2024-G</x:t>
   </x:si>
   <x:si>
+    <x:t>პესტიციდების ნარჩენების განსაზღვრა ცხოველთა საკვებში</x:t>
+  </x:si>
+  <x:si>
+    <x:t>R-316-2025-G ვალიდირებული მეთოდი</x:t>
+  </x:si>
+  <x:si>
     <x:t>რადიონუკლიდების ცეზიუმ‐137 (Cs‐ 137) და სტრონციუმ‐90 (Sr‐90) ხვედრითი აქტივობის განსაზღვრა სურსათში</x:t>
   </x:si>
   <x:si>
     <x:t>გამა, ბეტა სპექტრომეტრია, МВИ.МН 1181‐2011</x:t>
   </x:si>
   <x:si>
     <x:t>რძის ცხიმის სისუფთავის განსაზღვრა რძესა და რძის პროდუქტებში</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფია, სსტ ისო 17678:2019/2020</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">სულფანილამიდების ჯგუფის, ტრიმეთოპრიმის და დაპსონის განსაზღვრა თაფლში </x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულებაა - 1055.00 ლარი;  16 ნიმუშის შემთხვევაში - 550.00 ლარი; 24 ნიმუშის შემთხვევაში - 400.00 ლარი; 32 ნიმუშის შემთხვევაში - 330.00 ლარი; 40 ნიმუშის შემთხვევაში - 295.00 ლარი.</x:t>
   </x:si>
   <x:si>
     <x:t>სულფანილამიდების, ტრიმეტოპრიმის და დაპსონის განსაზღვრა რძეში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულებაა - 4845.00 ლარი;   16 ნიმუშის შემთხვევაში- 4345.00 ლარი;  24 ნიმუშის შემთხვევაში - 4190.00 ლარი;  32 ნიმუშის შემთხვევაში - 4120.00 ლარი;  40 ნიმუშის შემთხვევაში - 4085.00 ლა</x:t>
   </x:si>
   <x:si>
     <x:t>სულფანილამიდების, ტრიმეტოპრიმისა და დაპსონის განსაზღვრა ხორცსა და თევზში</x:t>
@@ -668,50 +674,56 @@
   <x:si>
     <x:t xml:space="preserve">ტრიფენილმეთანის საღებავების ნარჩენებისა და მათი მეტაბოლიტების (მალაქიტის მწვანე, ლეუკო მალაქიტის მწვანე, კრისტალური იისფერი, ლეუკო კრისტალური იისფერი და ბრილიანტის მწვანე)  განსაზღვრა თევზში </x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-173-2023-G</x:t>
   </x:si>
   <x:si>
     <x:t>უჯერი და ნაჯერი ცხიმოვანი მჟავების განსაზღვრა სურსათში, რომელიც შეიცავს ცხოველურ და მცენარეულ ცხიმებს და ზეთებს</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფია, სსტ ისო 12966-1:2014/2017 სსტ ისო 12966-2:2017/2017 სსტ ისო 12966-4:2015/2017</x:t>
   </x:si>
   <x:si>
     <x:t>ფოსფორორგანული პესტიციდების და კარბამატების განსაზღვრა ხილში, ბოსტნეულში და წვენებში</x:t>
   </x:si>
   <x:si>
     <x:t>ფოსფორორგანული პესტიციდების, პირეტროიდების და კარბამატების (ბიფენტრინი, დელტამეტრინი, ესფენვალერატი, კარბოსულფანი, ფენვალერატი, ქლორპირიფოსი, ციპერმეტრინი, პარათიონ-მეთილი, პარაოქსონ-მეთილი, პარათიონი, იზოკარბოფოსი, EPN, აზინფოს-მეთილი, ქლორფენვინფოსი, დიაზინონი, დიქლორფოსი, დიმეთოატი, ეთიონი, ფენამიფოსი, ფენამიფოსის სულფოქსიდი, ფენამიფოსის სულფონი, ფენთიონი, მალაოქსონი, მალათიონი, მეთამიდოფოსი, ომეთოატი,ფოსმეტი, პირიმიფოს-მეთილი, ტრიაზოფოსი, კარბოფურანი, ფორმეთანატი, პროპამოკარბი, ალდიკარბის სულფოქსიდი, ალდიკარბის სულფონი, ალდიკარბი, ოქსამილ, მეტომილი, თიოდიკარბი, კარბოსულფანი, პირიმიკარბი, კარბარილი, იპროვალიკარბი, ფენოქსიკარბი) განსაზღვრა სურსათში</x:t>
   </x:si>
   <x:si>
     <x:t>ყოველი დამატებითი ნიმუში + 65 (არაუმეტეს 10 ნიმუშისა)</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური და სითხური ქრომატოგრაფია - მასსპექტრომეტრია, EN 15662:2018</x:t>
   </x:si>
   <x:si>
+    <x:t>ფტორქინოლონების ჯგუფის ანტიბიოტიკების განსაზღვრა თაფლში</x:t>
+  </x:si>
+  <x:si>
+    <x:t>R-317-2025-G ვალიდირებული მეთოდი</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">ქლორამფენიკოლის  განსაზღვრა რძეში, თაფლში, თევზსა და ხორცში </x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-244-2023-G</x:t>
   </x:si>
   <x:si>
     <x:t>ქლორამფენიკოლის განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
     <x:t>ქლორამფენიკოლის განსაზღვრა რძეში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულება - 5265.00 ლარი;  16 ნიმუშის შემთხვევაში - 4600.00 ლარი; 24 ნიმუშის შემთხვევაში - 4410.00 ლარი; 32 ნიმუშის შემთხვევაში - 4340.00 ლარი; 40 ნიმუშის შემთხვევაში - 4315.00 ლარი.</x:t>
   </x:si>
   <x:si>
     <x:t>ქლორამფენიკოლის განსაზღვრა ხორცსა და თევზში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულება - 1475.00 ლარი;  16 ნიმუშის შემთხვევაში - 810.00 ლარი; 24 ნიმუშის შემთხვევაში - 620.00 ლარი; 32 ნიმუშის შემთხვევაში - 550.00 ლარი; 40 ნიმუშის შემთხვევაში - 525.00 ლარი.</x:t>
   </x:si>
   <x:si>
     <x:t>ქლორამფენიკოლის და ნიტროიმიდაზოლების  განსაზღვრა თაფლში</x:t>
   </x:si>
   <x:si>
     <x:t>8 ნიმუშის შემთხვევაში 1 ნიმუშის ღირებულებაა - 868 ლარი, 16 ნიმუშის შემთხვევაში - 437 ლარი, 24 ნიმუშის შემთხვევაში - 293 ლარი, 32 ნიმუშის შემთხვევაში - 221 ლარი, 40 ნიმუშის შემთხვევაში - 178 ლარი.</x:t>
@@ -983,74 +995,77 @@
   <x:si>
     <x:t>კოაგულაზა დადებითი სტაფილოკოკი ჩამონარეცხი (სურსათის წარმოების ინვენტარიდან, ხელსაწყო-დანადგარებიდან, შესაფუთი მასალიდან)</x:t>
   </x:si>
   <x:si>
     <x:t>კოლი ფორმები, E.coli (სასმელი წყალი)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 9308-2:2012/2013</x:t>
   </x:si>
   <x:si>
     <x:t>კოლიფორმები</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 4832:2009</x:t>
   </x:si>
   <x:si>
     <x:t>კოლიფორმული ბაქტერიები  ჩამონარეცხი (სურსათის წარმოების ინვენტარიდან, ხელსაწყო-დანადგარებიდან, შესაფუთი მასალიდან)</x:t>
   </x:si>
   <x:si>
     <x:t>მეზოფილური აერობები და ფაკულტატური ანაერობები (სასმელი წყალი)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო  6222 - 2008</x:t>
   </x:si>
   <x:si>
-    <x:t>IDEXX HPC Quanti Tray მიხედვით</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ობის და საფუარის სოკოები</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 21527-1:2008/2014, სსტ ისო 21527-2:2008/2012</x:t>
   </x:si>
   <x:si>
     <x:t>პრეზუმციული B.cereus</x:t>
   </x:si>
   <x:si>
     <x:t>ISO 7932:2004</x:t>
   </x:si>
   <x:si>
     <x:t>საერთო კოლიფორმული ბაქტერიები (სასმელი წყალი)</x:t>
   </x:si>
   <x:si>
     <x:t>სალმონელას სეროტიპირება - (Typhimurium, Enteritidis)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო  6579-3:2014/2015</x:t>
   </x:si>
   <x:si>
+    <x:t>სიცოცხლისუნარიანი მიკროორგანიზმების რაოდენობის დადგენა (სასმელი წყალი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDEXX Easy Disc PCA Test-ის მიხედვით</x:t>
+  </x:si>
+  <x:si>
     <x:t>სტაფილოკოკური ენტეროტოქსინის გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAS ტესტის გამოყენების ინსტრუქციის მიხედვით (ვალ.სსტ ისო 19020:2017/2019)</x:t>
   </x:si>
   <x:si>
     <x:t>სულფიტმარედუცირებული კლოსტრიდიები</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 15213 : 2003/2013</x:t>
   </x:si>
   <x:si>
     <x:t>ფეკალური სტრეპტოკოკი St.faecalis - (სასმელი წყალი)</x:t>
   </x:si>
   <x:si>
     <x:t>IDEXX ტექნოლოგია</x:t>
   </x:si>
   <x:si>
     <x:t>2 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>მოლეკულურ‐ბიოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> კიბოსნაირები - თეთრი ლაქიანობა  (WSS) - პათ.მასალა</x:t>
@@ -1145,80 +1160,89 @@
   <x:si>
     <x:t>ცხვრის კონტაგიოზური ექტიმა ‐ პათ.მასალა</x:t>
   </x:si>
   <x:si>
     <x:t>ცხვრისა და თხის ყვავილი ‐ პათ.მასალა</x:t>
   </x:si>
   <x:si>
     <x:t>ძაღლის ჭირი-პათ. მასალა</x:t>
   </x:si>
   <x:si>
     <x:t>წვრილფეხა რქოსანი პირუტყვის ჭირი ‐ პათ.მასალა</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">წრპ.მიკოპლაზმა (agalactiae,mycoides)  </x:t>
   </x:si>
   <x:si>
     <x:t>მოლეკულურ‐ბიოლოგიური გამოკვლევა; მიკროსკოპია</x:t>
   </x:si>
   <x:si>
     <x:t>ცოფის დაავადების დიაგნოსტიკა</x:t>
   </x:si>
   <x:si>
     <x:t>პოლიმერაზული ჯაჭვური რეაქცია (PCR); ფლუორესცენტული ანტისხეულების ტესტი</x:t>
   </x:si>
   <x:si>
-    <x:t>7 სამუშაო დღე</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>მცენარეული და ცხოველური პროდუქტის სახეობრივი გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>არაქისის დეტექცია საკვებ პროდუქტში</x:t>
   </x:si>
   <x:si>
     <x:t>330,00</x:t>
   </x:si>
   <x:si>
     <x:t>რეალურ დროში პოლიმერაზული ჯაჭვური რეაქცია (RT – PCR)</x:t>
   </x:si>
   <x:si>
     <x:t>გმო რაოდენობრივი (საკვებ პროდუქტში და ცხოველის საკვებში)</x:t>
   </x:si>
   <x:si>
     <x:t>გმო სკრინინგი (საკვებ პროდუქტში, ცხოველის საკვებში და მცენარეულ მასალაში)</x:t>
   </x:si>
   <x:si>
     <x:t>ქათმის ხორცის  სახეობრივი იდენტიფიკაცია ხორცის პროდუქტებში</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი ELISA/ რეალურ დროში პოლიმერაზული ჯაჭვური რეაქცია (RT – PCR)</x:t>
   </x:si>
   <x:si>
     <x:t>ცხენის და ვირის დნმ-ის აღმოჩენა RT პჯრ (თვისობრივი) მეთოდით</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">მცენარეული მასალიდან ვირუსგადამტანი ნემატოდების (Xiphinema, Longidorus და სხვა) გამოვლენა </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ვირუსგადამტანი ნემატოდების Xiphinema spp. და Longidorus spp. გამოვლენა და მორფოლოგიური იდენტიფიკაცია</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მორფოლოგიური - მორფომეტრული</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-20 სამუშაო დღე</x:t>
+  </x:si>
+  <x:si>
     <x:t>მცენარეული მასალის გამოკვლევა მავნე ორგანიზმების არსებობაზე</x:t>
   </x:si>
   <x:si>
     <x:t>"მოპ‐ტოპ" ვირუსის გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA)</x:t>
   </x:si>
   <x:si>
     <x:t>2-6 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>არაბისის მოზაიკის ვირუსის (Arabis mosaic virus (ArMV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>არაქისის გალიანი ნემატოდის ((Meloidogyne arenaria) გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>მორფოლოგიური, მორფომეტრული და კონვენციური PCR მეთოდები</x:t>
   </x:si>
   <x:si>
     <x:t>2-20 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>ატმის როზეტისებრი მოზაიკის ვირუსის (Peach rosette mosaic virus (PRMV)) გამოვლენა</x:t>
@@ -1256,50 +1280,53 @@
   <x:si>
     <x:t>ბლის ფოთლის დახვევის ვირუსის (Cherry leaf roll virus (CLRV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>გოგროვნების ნაყოფის ბაქტერიული ლაქიანობის გამომწვევის - Acidovorax citrulli  გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>კლასიკური ბაქტერიოლოგიური და კონვენციური PCR მეთოდები</x:t>
   </x:si>
   <x:si>
     <x:t>4-10 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>გუავას  გალიანი ნემატოდის (Meloidogyne enterolobii) გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>ვაზის ბაქტერიული ჭკნობის გამომწვევის Xylophilus ampelinus  გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>კლასიკური ბაქტერიოლოგიური და პოლიმერაზულ ჯაჭვური რეაქცია</x:t>
   </x:si>
   <x:si>
     <x:t>5-12 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
+    <x:t>ვაზის ბაქტერიული ჭკნობის გამომწვევის Xylophilus ampelinus  პჯრ იდენტიფიკაცია</x:t>
+  </x:si>
+  <x:si>
     <x:t>ვაზის ლაქიანობის ვირუსის (Grapevine fleck virus (GFKV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაზის მუხლთაშორისების დამოკლების ვირუსის (Grapevine fanleaf virus (GFLV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაზის ფოთლის დახვევის ვირუსი‐1 (Grapevine leafroll associated virus-1 (GLRaV‐1)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაზის ფოთლის დახვევის ვირუსი‐3 (Grapevine leafroll associated virus-3 (GLRaV‐3)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაშლის მოზაიკის ვირუსის (Apple mosaic virus (ApMV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაშლის ორმოსებრი ღეროს ვირუსის (Apple stem pitting virus (ASPV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაშლის ქლოროზული ლაქიანობის ვირუსი (Apple chlorotic leaf spot virus (ACLSV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვაშლის ღეროს დაღარვის ვირუსის (Apple stem grooving virus (ASPV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ვიზუალური გამოკვლევა მცენარეთა მავნე ორგანიზმების არსებობაზე</x:t>
@@ -1328,143 +1355,146 @@
   <x:si>
     <x:t>თხილის ბაქტერიული კიბოს გამომწვევის Pseudomonas syringae pv. avellanae გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>თხილის ბაქტერიული ჭკნობის გამომწვევის Xanthomonas arboricola pv. corylina გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>იავური გალიანი ნემატოდის (Meloidogyne javanica)გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>კარტოფილის M ვირუსის გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>კარტოფილის X ვირუსის გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>კარტოფილის Y ვირუსის გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>კარტოფილის ლატენტური (“ანდიური”) ვირუსის გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>კარტოფილის მურა სიდამპლის გამომწვევის Ralstonia solanacearum გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
+    <x:t>კარტოფილის მურა სიდამპლის გამომწვევის Ralstonia solanacearum პჯრ იდენტიფიკაცია</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">კარტოფილის ოქროსფერი ნემატოდის Globodera rostochiensis და კარტოფილის მკრთალი ნემატოდის Globodera pallida გამოვლენა  </x:t>
   </x:si>
   <x:si>
     <x:t>კარტოფილის რგოლური სიდამპლის გამომწვევის Clavibacter michiganensis subsp. sepedonicus იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>პოლიმერაზულ ჯაჭვური რეაქცია</x:t>
   </x:si>
   <x:si>
     <x:t>კივის ბაქტერიული კიბოს გამომწვევის Pseudomonas syringae pv. actinidiae გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>კიტრის მოზაიკის ვირუსის (Cucumber mosaic virus (CMV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>კოლუმბიური მეგალე ფესვის ნემატოდის (Meloidogyne chitwoodi) და ცრუ კოლუმბიური მეგალე ფესვის ნემატოდის (Meloidogyne fallax) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>კურკოვნების ბაქტერიული კიბოს გამომწვევის Pseudomonas syringae pv. morsprunorum გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>კურკოვნების ბაქტერიული ლაქიანობის გამომწვევის Xanthomonas arboricola pv. pruni გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>მარწყვის ლატენტური რგოლოვანი ვირუსის (Strawberry latent ringspot virus (SLRSV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>მოცვის დამწვრობის ვირუსის (Blueberry scorch virus (BlScV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>მოცვის თასმისებრი ვირუსის (Blueberry shoestring virus (BSSV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>მოცვის შოკის ვირუსის (Blueberry shock virus (BlShV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>მცენარეული მასალის მიკოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>კლასიკური, მიკოლოგიური</x:t>
   </x:si>
   <x:si>
     <x:t>1-30 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>მცენარეული ნიმუშის  ფიტოჰელმინთოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
-    <x:t>მორფოლოგიური - მორფომეტრული</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>მცენარეული ნიმუშის ენტომოლოგიური და აკაროლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>მორფოლოგიური</x:t>
   </x:si>
   <x:si>
     <x:t>1-35 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
     <x:t>პარკოსნების ბაქტერიული ჭკნობის გამომწვევის Curtobacterium flaccumfaciens pv. Flaccumfaciens გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">პეპინო მოზაიკის ვირუსის Pepino mosaic virus (PEPMV0) გამოვლენა </x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">პომიდვრის ბაქტერიული კიბოს გამომწვევის Clavibacter michiganensis subsp. michiganensis იდენტიფიკაცია </x:t>
   </x:si>
   <x:si>
     <x:t>პომიდვრის და წიწაკის ბაქტერიული ლაქიანობის გამომწვევის Xanthomonas euvesicatoria გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>პომიდვრის და წიწაკის ბაქტერიული ლაქიანობის გამომწვევის Xanthomonas gardneri გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>პომიდვრის და წიწაკის ბაქტერიული ლაქიანობის გამომწვევის Xanthomonas perforans გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>პომიდვრის და წიწაკის ბაქტერიული ლაქიანობის გამომწვევის Xanthomonas vesicatoria გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>პომიდვრის ლაქიანობის და ჭკნობის ვირუსის (Tomato spotted wilt virus (TSWV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>პომიდვრის მოზაიკის ვირუსის (Tomato mosaic virus (ToMV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>პომიდვრის რგოლოვანი ლაქიანობის ვირუსის (Tomato ringspot virus (ToRSV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>პომიდვრის ღეროს ნეკროზის გამომწვევის Pseudomonas corrugata გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">პომიდვრის ყავისფერი დანაოჭების ვირუსის Tomato brown rugose fruit virus (ToBRFV) გამოვლენა </x:t>
+  </x:si>
+  <x:si>
     <x:t>პომიდვრის შავი რგოლოვანი ლაქიანობის ვირუსის (Tomato black ring virus (TBRV))  გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ჟოლოს ბუჩქოვანი ჯუჯიანობის ვირუსის (Raspberry bushy dwarf virus (RBDV)) გამოვლენა </x:t>
   </x:si>
   <x:si>
     <x:t>ჟოლოს რგოლოვანი ლაქიანობის ვირუსის (Raspberry ringspot virus (RpRSV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>საზამთროს მოზაიკის ვირუსის (Watermelon mosaic virus (WMV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>სამხრეთის გალიანი ნემატოდის (Meloidogyne incognita) გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>სველი სიდამპლის გამომწვევების - Pectobacterium carotovorum და Pectobacterium atrosepticum გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>სიმინდის ფოთლის ბაქტერიული ლაქიანობის გამომწვევის - Pantoea stewartii გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>სოკოების გამოვლენა ექსპრეს მეთოდით</x:t>
   </x:si>
   <x:si>
     <x:t>სოკოს კულტურის იდენტიფიკაცია</x:t>
@@ -1508,65 +1538,74 @@
   <x:si>
     <x:t>ფქვილის და ბურღულეულის ენტომოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>ქერის ხაზოვანი მოზაიკის ვირუსი (BSMV)-ის გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ქლიავის ნეკროზული რგოლოვანი ლაქიანობის (PNRSV) ვირუსის გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ქლიავის ჩოფურა ვირუსის (Plum pox virus (PPV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ქსილელა ფასტიდიოზას (Xylella fastidiosa) იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>ღეროს ნემატოდის Ditylenchus dipsaci და კარტოფილის ლპობის გამომწვევი ნემატოდის D.destructor გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ჩრდილოეთის გალიანი ნემატოდის (Meloidogyne hapla) გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ციტრუსის ბაქტერიული კიბოს გამომწვევის Xanthomonas citri გამოვლენა და იდენტიფიკაცია </x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">ციტრუსის ბაქტერიული კიბოს გამომწვევის Xanthomonas citri პჯრ იდენტიფიკაცია </x:t>
+  </x:si>
+  <x:si>
     <x:t>ციტრუსის ტრისტეზა ვირუსის (Citrus tristeza virus (CTV)) გამოვლენა</x:t>
   </x:si>
   <x:si>
     <x:t>ხეხილის ბაქტერიული სიდამწვრის გამომწვევი Erwinia amylovora გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
+    <x:t>ხეხილის ბაქტერიული სიდამწვრის გამომწვევის Erwinia amylovora პჯრ იდენტიფიკაცია</x:t>
+  </x:si>
+  <x:si>
     <x:t>ჰერბოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>მიკროსკოპიული, მორფოლოგიური</x:t>
   </x:si>
   <x:si>
     <x:t>1-7 სამუშაო დღე</x:t>
   </x:si>
   <x:si>
+    <x:t>ნიადაგიდან ვირუსგადამტანი ნემატოდების (Xiphinema, Longidorus და სხვა) გამოვლენა</x:t>
+  </x:si>
+  <x:si>
     <x:t>ნიადაგის გამოკვლევა მავნე ორგანიზმების არსებობაზე</x:t>
   </x:si>
   <x:si>
     <x:t>ბაქტერიული კიბოს გამომწვევი Agrobacterium tumefaciens და A.vitis გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>იავური გალიანი ნემატოდის ((Meloidogyne javanica) გამოვლენა და იდენტიფიკაცია</x:t>
   </x:si>
   <x:si>
     <x:t>ნიადაგის ბაქტერიოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>ნიადაგის ენტომოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>ნიადაგის მიკოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>ნიადაგის ფიტოჰელმინთოლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>პათანატომია</x:t>
   </x:si>
   <x:si>
     <x:t>თევზის პათანატომიური გაკვეთა</x:t>
@@ -1649,92 +1688,98 @@
   <x:si>
     <x:t>ჰელმინთები, პროტოზოები ‐ პათ.მასალა</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">კოპროლოგია, მიკროსკოპია (კომპრესორიუმით), ბიოქიმია </x:t>
   </x:si>
   <x:si>
     <x:t>რენტგენო სტრუქტურული ანალიზი</x:t>
   </x:si>
   <x:si>
     <x:t>პლასტიკის მასალებში მეტალების (თუთიის, სპილენძის, ნიკელის, კადმიუმის, ტყვიის, ვერცხლისწყლის, ქრომის, მოლიბდენის, სელენის, დარიშხანის) განსაზღვრა</x:t>
   </x:si>
   <x:si>
     <x:t>რენტგენო სტრუქტურული ანალიზი, ვალიდირებული მეთოდი R2922024-G</x:t>
   </x:si>
   <x:si>
     <x:t>სეროლოგიური გამოკვლევა</x:t>
   </x:si>
   <x:si>
     <x:t>ბლუთანგი ‐ სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ანტისხეულების აღმომჩენი ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (Ab‐ELISA)</x:t>
   </x:si>
   <x:si>
+    <x:t>ბორელიოზი-სისხლი (შრატი)</x:t>
+  </x:si>
+  <x:si>
     <x:t>ბრუცელოზი – ნედლი რძე</x:t>
   </x:si>
   <x:si>
     <x:t>რძის რგოლური რეაქცია (MRR)</x:t>
   </x:si>
   <x:si>
     <x:t>ბრუცელოზი – სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ფლუორესცენტული პოლარიზაციის ტესტი (FPA)</x:t>
   </x:si>
   <x:si>
     <x:t>ანტისხეულების აღმოჩენა როზბენგალის რეაქცია (RBR)</x:t>
   </x:si>
   <x:si>
     <x:t>ბრუცელოზი (Brucella abortus; Br. Melitensis) - მრპ-ს, ცხვრის და თხის ნედლი რძე</x:t>
   </x:si>
   <x:si>
     <x:t>ბრუცელოზის პოსტვაქცინალური გამოკვლევა, წვრილი რქოსანი პირუტყვი, სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>თურქული ‐ თურქულის ვირუსის არასტრუქტურული ცილების (NSP) საწინააღმდეგო ანტისხეულები, სისხლის (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>თურქული-თურქულის ვირუსის (A,O,Asia 1,SAT2) სეროტიპების სტრუქტურული ცილების (SP) საწინააღმდეგო ანტისხეულები, სისხლის სინჯი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>თურქულის ვირუსის სეროტიპ ანტისხეულების აღმომჩენი მყარ ფაზიანი კონკურენტული ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA)</x:t>
   </x:si>
   <x:si>
     <x:t>თურქულის ვირუსის A, O, Asia 1, SAT 2 სეროტიპების სტრუქტურული ცილების (FMD SP) საწინააღმდეგო ანტისხეულების რაოდენობრივი განსაზღვრა განზავებებით. ნიმუში: სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>თურქულის ვირუსის A, O, Asia 1 და SAT 2 სეროტიპების სპეციფიკური ანტისხეულების აღმომჩენი მყარფაზიანი კონკურენტული ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA)</x:t>
   </x:si>
   <x:si>
     <x:t>თურქულის ვირუსის ანტიგენის დეტექცია, ვირუსის სეროტიპირება (ტიპი A; O; Asia 1; SAT1; SAT2) ნიმუში: პათ. მასალა - ეპითელიუმის ვეზიკული; ვეზიკულური სითხე.</x:t>
   </x:si>
   <x:si>
     <x:t>თურქულის ვირუსის ანტიგენის აღმომჩენი ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი.</x:t>
   </x:si>
   <x:si>
+    <x:t>კაპრიპოქსი-სისხლი (შრატი)</x:t>
+  </x:si>
+  <x:si>
     <x:t>ლეიკოზი - სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ლეიშმანიოზი-ძაღლის სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ლეპტოსპიროზი, ძუძუმწოვარი ცხოველები - სისხლი (შრატში)</x:t>
   </x:si>
   <x:si>
     <x:t>მაღალპათოგენური ფრინველის გრიპი ‐ სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>მსხვილი რქოსანი პირუტყვის ღრუბლისებრი ენცეფალოპათია - სკრეპი, პათ. მასალა (თავის ტვინი)</x:t>
   </x:si>
   <x:si>
     <x:t>ანტიგენის აღმომჩენი ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA-Ag)</x:t>
   </x:si>
   <x:si>
     <x:t>ნიუკასლი იმუნური სტატუსის განსაზღვრა - სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>ქუ ცხელება ‐ სისხლი (შრატი)</x:t>
   </x:si>
   <x:si>
     <x:t>იმუნოფლუორესცენტული ანტისხეულების ანალიზი (IFA)</x:t>
@@ -2094,50 +2139,107 @@
     <x:t>ჭარბი წყლის განსაზღვრა გაყინულ ქათამსა და ქათმის ცალკეულ ნაჭრებში</x:t>
   </x:si>
   <x:si>
     <x:t>დადგენილება 340-ის მიხედვით</x:t>
   </x:si>
   <x:si>
     <x:t>ხორბლის ფქვილში ხარისხის დადგენა</x:t>
   </x:si>
   <x:si>
     <x:t>ფოტომეტრიული მეთოდი. CKИБ-M</x:t>
   </x:si>
   <x:si>
     <x:t>ხორცის სიახლის განსაზღვრა (გადადენის მეთოდი)</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 23392-78</x:t>
   </x:si>
   <x:si>
     <x:t>ხორცის სიახლის განსაზღვრა (თვისობრივი რეაქცია)</x:t>
   </x:si>
   <x:si>
     <x:t>ხსნადობა (კვერცხი, ყავა)</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 31469-2012 გოსტ 32776-2014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ღვინის ხარისხობრივი კვლევა</x:t>
+  </x:si>
+  <x:si>
+    <x:t>პოტენციომეტრული მეთოდი, OIV-MA-AS313-15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>აქროლადი მჟავები</x:t>
+  </x:si>
+  <x:si>
+    <x:t>დისტილაცია/ტიტრაციის მეთოდი, OIV-MA-AS313-02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>დაყვანილი ექსტრაქტი</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გადაანგარიშების მეთოდი, გოსტ 32000-2012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>საერთო და თავისუფალი გოგირდოვანი მჟავები</x:t>
+  </x:si>
+  <x:si>
+    <x:t>იოდომეტრული ტიტრაციის მეთოდი, OIV-MA-AS323-04B გოსტ 32115-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>საერთო ეთილის მოცულობითი სპირტშემცველობა</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">გადაანგარიშების მეთოდი </x:t>
+  </x:si>
+  <x:si>
+    <x:t>საერთო ექსტრაქტი</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ტიტრული მჟავები</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ტიტრაციის მეთოდი, გოსტ 32114-2013 OIV-MA-AS313-01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ფარდობითი სიმკვრივე</x:t>
+  </x:si>
+  <x:si>
+    <x:t>პიკნომეტრული მეთოდი, გოსტ 32081-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ფაქტობრივი ეთილის მოცულობითი სპირტშემცველობა</x:t>
+  </x:si>
+  <x:si>
+    <x:t>არეომეტრული მეთოდი; OIV-MA-AS312-01 გოსტ 32095-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">შაქრების მასური კონცენტრაცია </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ბერტრანის მეთოდი ან პირდაპირი ტიტრაციის მეთოდი, გოსტ 13192-73</x:t>
   </x:si>
   <x:si>
     <x:t>წყალი</x:t>
   </x:si>
   <x:si>
     <x:t>სახელმძღვანელო "OAKTON"- ph/con510</x:t>
   </x:si>
   <x:si>
     <x:t>ამიაკი</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 33045-2014</x:t>
   </x:si>
   <x:si>
     <x:t>სახელმძღვანელო "OAKTON"- ph/con510-სათვის</x:t>
   </x:si>
   <x:si>
     <x:t>კალციუმის იონი</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 6059-1984</x:t>
   </x:si>
   <x:si>
     <x:t>მაგნიუმის იონი</x:t>
   </x:si>
@@ -2250,52 +2352,52 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:G432" totalsRowShown="0">
-  <x:autoFilter ref="A1:G432"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:G454" totalsRowShown="0">
+  <x:autoFilter ref="A1:G454"/>
   <x:tableColumns count="7">
     <x:tableColumn id="1" name="კვლევის კატეგორია"/>
     <x:tableColumn id="2" name="კვლევის (მომსახურების) დასახელება"/>
     <x:tableColumn id="3" name="რაოდენობა"/>
     <x:tableColumn id="4" name="ფასი"/>
     <x:tableColumn id="5" name="ფასის კომენტარი"/>
     <x:tableColumn id="6" name="მეთოდი"/>
     <x:tableColumn id="7" name="ხანგრძლივობა"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2556,51 +2658,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G432"/>
+  <x:dimension ref="A1:G454"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="70.850625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="225.070625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="15.685425" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="9.205425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="62.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="105.200625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="18.825425" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
@@ -4635,6689 +4737,7129 @@
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D101" s="0" t="n">
         <x:v>335</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D102" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D103" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D104" s="0" t="n">
-        <x:v>868</x:v>
-[...1 lines deleted...]
-      <x:c r="E104" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F104" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F104" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D105" s="0" t="n">
-        <x:v>4845</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="E105" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D106" s="0" t="n">
-        <x:v>1055</x:v>
+        <x:v>4845</x:v>
       </x:c>
       <x:c r="E106" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D107" s="0" t="n">
-        <x:v>306</x:v>
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="E107" s="0" t="s">
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D108" s="0" t="n">
-        <x:v>4925</x:v>
-[...1 lines deleted...]
-      <x:c r="E108" s="0" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="F108" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="F108" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G108" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D109" s="0" t="n">
-        <x:v>265</x:v>
+        <x:v>4925</x:v>
       </x:c>
       <x:c r="E109" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C110" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D110" s="0" t="n">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="E110" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C110" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D111" s="0" t="n">
-        <x:v>195</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C112" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D112" s="0" t="n">
-        <x:v>130</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F112" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C113" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D113" s="0" t="n">
-        <x:v>170</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F113" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D114" s="0" t="n">
-        <x:v>130</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D115" s="0" t="n">
-        <x:v>225</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C116" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D116" s="0" t="n">
-        <x:v>390</x:v>
-[...2 lines deleted...]
-        <x:v>217</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F116" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G116" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C117" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D117" s="0" t="n">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="E117" s="0" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C118" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D118" s="0" t="n">
-        <x:v>215</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F118" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G118" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D119" s="0" t="n">
-        <x:v>5265</x:v>
-[...2 lines deleted...]
-        <x:v>223</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B120" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D120" s="0" t="n">
-        <x:v>150</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D121" s="0" t="n">
-        <x:v>1475</x:v>
+        <x:v>5265</x:v>
       </x:c>
       <x:c r="E121" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D122" s="0" t="n">
-        <x:v>868</x:v>
-[...2 lines deleted...]
-        <x:v>227</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D123" s="0" t="n">
-        <x:v>350</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="E123" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B124" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C124" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="E124" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="C124" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C125" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="n">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="E125" s="0" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D126" s="0" t="n">
-        <x:v>145</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C127" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="F127" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="B127" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D128" s="0" t="n">
-        <x:v>130</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D129" s="0" t="n">
-        <x:v>120</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C130" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D130" s="0" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F130" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="C130" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F130" s="0" t="s">
+      <x:c r="G130" s="0" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D131" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D132" s="0" t="n">
-        <x:v>55</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C133" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D133" s="0" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F133" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C133" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C134" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D134" s="0" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F134" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C134" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G134" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C135" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D135" s="0" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F135" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="G135" s="0" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C136" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D136" s="0" t="n">
-        <x:v>127</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="G136" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C137" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D137" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D138" s="0" t="n">
-        <x:v>101</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D139" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B140" s="0" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C140" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D140" s="0" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F140" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C140" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F140" s="0" t="s">
+      <x:c r="G140" s="0" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D141" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D142" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D143" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D144" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D145" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D146" s="0" t="n">
-        <x:v>185</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C147" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D147" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F147" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C147" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C148" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D148" s="0" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F148" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="C148" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F148" s="0" t="s">
+      <x:c r="G148" s="0" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D149" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C150" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D150" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F150" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C150" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G150" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C151" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D151" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F151" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C151" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F151" s="0" t="s">
+      <x:c r="G151" s="0" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D152" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C153" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D153" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C154" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D154" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="G154" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D155" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C156" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D156" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F156" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="C156" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C157" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D157" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F157" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C157" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F157" s="0" t="s">
+      <x:c r="G157" s="0" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D158" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D159" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C160" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D160" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F160" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C160" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D161" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D162" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D163" s="0" t="n">
-        <x:v>130</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D164" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D165" s="0" t="n">
-        <x:v>84</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D166" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D167" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D168" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D169" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D170" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D171" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D172" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D173" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
       <x:c r="A174" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D174" s="0" t="n">
-        <x:v>280</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D175" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:7">
       <x:c r="A176" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D176" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
       <x:c r="A177" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="B177" s="0" t="s">
+      <x:c r="C177" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D177" s="0" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F177" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C177" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:7">
       <x:c r="A178" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D178" s="0" t="n">
-        <x:v>236</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:7">
       <x:c r="A179" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D179" s="0" t="n">
-        <x:v>236</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:7">
       <x:c r="A180" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D180" s="0" t="n">
-        <x:v>266</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:7">
       <x:c r="A181" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D181" s="0" t="n">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:7">
       <x:c r="A182" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D182" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:7">
       <x:c r="A183" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D183" s="0" t="n">
-        <x:v>236</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:7">
       <x:c r="A184" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D184" s="0" t="n">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:7">
       <x:c r="A185" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D185" s="0" t="n">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:7">
       <x:c r="A186" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D186" s="0" t="n">
-        <x:v>293</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:7">
       <x:c r="A187" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C187" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D187" s="0" t="n">
-        <x:v>264</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F187" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:7">
       <x:c r="A188" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D188" s="0" t="n">
-        <x:v>254</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:7">
       <x:c r="A189" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D189" s="0" t="n">
-        <x:v>254</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:7">
       <x:c r="A190" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D190" s="0" t="n">
-        <x:v>202</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:7">
       <x:c r="A191" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D191" s="0" t="n">
-        <x:v>220</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:7">
       <x:c r="A192" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C192" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D192" s="0" t="n">
-        <x:v>254</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F192" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G192" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:7">
       <x:c r="A193" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C193" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D193" s="0" t="n">
-        <x:v>180</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:7">
       <x:c r="A194" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D194" s="0" t="n">
-        <x:v>236</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:7">
       <x:c r="A195" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D195" s="0" t="n">
-        <x:v>265</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:7">
       <x:c r="A196" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D196" s="0" t="n">
-        <x:v>245</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:7">
       <x:c r="A197" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D197" s="0" t="n">
-        <x:v>224</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:7">
       <x:c r="A198" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D198" s="0" t="n">
-        <x:v>210</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:7">
       <x:c r="A199" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D199" s="0" t="n">
-        <x:v>169</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:7">
       <x:c r="A200" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D200" s="0" t="n">
-        <x:v>185</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:7">
       <x:c r="A201" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D201" s="0" t="n">
-        <x:v>147</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>10</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:7">
       <x:c r="A202" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D202" s="0" t="n">
-        <x:v>255</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:7">
       <x:c r="A203" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D203" s="0" t="n">
-        <x:v>347</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:7">
       <x:c r="A204" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="D204" s="0" t="n">
-        <x:v>377</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:7">
       <x:c r="A205" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D205" s="0" t="n">
-        <x:v>319</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:7">
       <x:c r="A206" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D206" s="0" t="n">
-        <x:v>410</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:7">
       <x:c r="A207" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D207" s="0" t="n">
-        <x:v>293</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:7">
       <x:c r="A208" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D208" s="0" t="n">
-        <x:v>197</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:7">
       <x:c r="A209" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D209" s="0" t="n">
-        <x:v>275</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:7">
       <x:c r="A210" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D210" s="0" t="n">
-        <x:v>214</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:7">
       <x:c r="A211" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D211" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:7">
       <x:c r="A212" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D212" s="0" t="n">
-        <x:v>433</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:7">
       <x:c r="A213" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D213" s="0" t="n">
-        <x:v>330</x:v>
-[...2 lines deleted...]
-        <x:v>381</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:7">
       <x:c r="A214" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D214" s="0" t="n">
-        <x:v>1137</x:v>
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E214" s="0" t="s">
+        <x:v>385</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:7">
       <x:c r="A215" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D215" s="0" t="n">
-        <x:v>535</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:7">
       <x:c r="A216" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D216" s="0" t="n">
-        <x:v>304</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:7">
       <x:c r="A217" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D217" s="0" t="n">
-        <x:v>335</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:7">
       <x:c r="A218" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D218" s="0" t="n">
-        <x:v>150</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:7">
       <x:c r="A219" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D219" s="0" t="n">
-        <x:v>150</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:7">
       <x:c r="A220" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D220" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:7">
       <x:c r="A221" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D221" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:7">
       <x:c r="A222" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D222" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:7">
       <x:c r="A223" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C223" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D223" s="0" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F223" s="0" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="G223" s="0" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:7">
       <x:c r="A224" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D224" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:7">
       <x:c r="A225" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D225" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:7">
       <x:c r="A226" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D226" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:7">
       <x:c r="A227" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D227" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:7">
       <x:c r="A228" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D228" s="0" t="n">
-        <x:v>80</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:7">
       <x:c r="A229" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D229" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:7">
       <x:c r="A230" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D230" s="0" t="n">
-        <x:v>114</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:7">
       <x:c r="A231" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D231" s="0" t="n">
-        <x:v>183</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:7">
       <x:c r="A232" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D232" s="0" t="n">
-        <x:v>146</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:7">
       <x:c r="A233" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D233" s="0" t="n">
-        <x:v>153</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:7">
       <x:c r="A234" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D234" s="0" t="n">
-        <x:v>153</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:7">
       <x:c r="A235" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D235" s="0" t="n">
-        <x:v>127</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:7">
       <x:c r="A236" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D236" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:7">
       <x:c r="A237" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D237" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:7">
       <x:c r="A238" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D238" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:7">
       <x:c r="A239" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D239" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:7">
       <x:c r="A240" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D240" s="0" t="n">
-        <x:v>480</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G240" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:7">
       <x:c r="A241" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D241" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:7">
       <x:c r="A242" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D242" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:7">
       <x:c r="A243" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D243" s="0" t="n">
-        <x:v>200</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:7">
       <x:c r="A244" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D244" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:7">
       <x:c r="A245" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D245" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:7">
       <x:c r="A246" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B246" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C246" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D246" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G246" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:7">
       <x:c r="A247" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D247" s="0" t="n">
-        <x:v>177</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:7">
       <x:c r="A248" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D248" s="0" t="n">
-        <x:v>177</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:7">
       <x:c r="A249" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D249" s="0" t="n">
-        <x:v>177</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:7">
       <x:c r="A250" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C250" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D250" s="0" t="n">
-        <x:v>215</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G250" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:7">
       <x:c r="A251" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D251" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:7">
       <x:c r="A252" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C252" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D252" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G252" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:7">
       <x:c r="A253" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D253" s="0" t="n">
-        <x:v>114</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:7">
       <x:c r="A254" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D254" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:7">
       <x:c r="A255" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D255" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:7">
       <x:c r="A256" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D256" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:7">
       <x:c r="A257" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D257" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:7">
       <x:c r="A258" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D258" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:7">
       <x:c r="A259" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D259" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:7">
       <x:c r="A260" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D260" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:7">
       <x:c r="A261" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D261" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:7">
       <x:c r="A262" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D262" s="0" t="n">
-        <x:v>255</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:7">
       <x:c r="A263" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D263" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:7">
       <x:c r="A264" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D264" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:7">
       <x:c r="A265" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D265" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:7">
       <x:c r="A266" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D266" s="0" t="n">
-        <x:v>71</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:7">
       <x:c r="A267" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D267" s="0" t="n">
-        <x:v>114</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:7">
       <x:c r="A268" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D268" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:7">
       <x:c r="A269" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D269" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:7">
       <x:c r="A270" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D270" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:7">
       <x:c r="A271" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D271" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:7">
       <x:c r="A272" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D272" s="0" t="n">
-        <x:v>215</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:7">
       <x:c r="A273" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D273" s="0" t="n">
-        <x:v>215</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:7">
       <x:c r="A274" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D274" s="0" t="n">
-        <x:v>200</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:7">
       <x:c r="A275" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D275" s="0" t="n">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:7">
       <x:c r="A276" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D276" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:7">
       <x:c r="A277" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D277" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:7">
       <x:c r="A278" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D278" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:7">
       <x:c r="A279" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D279" s="0" t="n">
-        <x:v>215</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:7">
       <x:c r="A280" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D280" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:7">
       <x:c r="A281" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D281" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:7">
       <x:c r="A282" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D282" s="0" t="n">
-        <x:v>75</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:7">
       <x:c r="A283" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D283" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:7">
       <x:c r="A284" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D284" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:7">
       <x:c r="A285" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D285" s="0" t="n">
-        <x:v>150</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:7">
       <x:c r="A286" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D286" s="0" t="n">
-        <x:v>236</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:7">
       <x:c r="A287" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D287" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:7">
       <x:c r="A288" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D288" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:7">
       <x:c r="A289" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D289" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:7">
       <x:c r="A290" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D290" s="0" t="n">
-        <x:v>71</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:7">
       <x:c r="A291" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="C291" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D291" s="0" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F291" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="C291" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:7">
       <x:c r="A292" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D292" s="0" t="n">
-        <x:v>143</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:7">
       <x:c r="A293" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D293" s="0" t="n">
-        <x:v>127</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:7">
       <x:c r="A294" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D294" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:7">
       <x:c r="A295" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D295" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:7">
       <x:c r="A296" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D296" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:7">
       <x:c r="A297" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D297" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:7">
       <x:c r="A298" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D298" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:7">
       <x:c r="A299" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D299" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:7">
       <x:c r="A300" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D300" s="0" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:7">
       <x:c r="A301" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D301" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:7">
       <x:c r="A302" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D302" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:7">
       <x:c r="A303" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C303" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D303" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="G303" s="0" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:7">
       <x:c r="A304" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D304" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:7">
       <x:c r="A305" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D305" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:7">
       <x:c r="A306" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D306" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:7">
       <x:c r="A307" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D307" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:7">
       <x:c r="A308" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D308" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:7">
       <x:c r="A309" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C309" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D309" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:7">
       <x:c r="A310" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D310" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:7">
       <x:c r="A311" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C311" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D311" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:7">
       <x:c r="A312" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D312" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:7">
       <x:c r="A313" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D313" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:7">
       <x:c r="A314" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D314" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:7">
       <x:c r="A315" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D315" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:7">
       <x:c r="A316" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D316" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:7">
       <x:c r="A317" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D317" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:7">
       <x:c r="A318" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B318" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C318" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D318" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="G318" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:7">
       <x:c r="A319" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D319" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:7">
       <x:c r="A320" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D320" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:7">
       <x:c r="A321" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D321" s="0" t="n">
-        <x:v>56</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:7">
       <x:c r="A322" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D322" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:7">
       <x:c r="A323" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D323" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:7">
       <x:c r="A324" s="0" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="B324" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C324" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="B324" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D324" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:7">
       <x:c r="A325" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D325" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:7">
       <x:c r="A326" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D326" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:7">
       <x:c r="A327" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D327" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:7">
       <x:c r="A328" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D328" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:7">
       <x:c r="A329" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="D329" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:7">
       <x:c r="A330" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="D330" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:7">
       <x:c r="A331" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D331" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:7">
       <x:c r="A332" s="0" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="B332" s="0" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C332" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D332" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F332" s="0" t="s">
         <x:v>543</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>547</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:7">
       <x:c r="A333" s="0" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="B333" s="0" t="s">
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="C333" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D333" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F333" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="B333" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:7">
       <x:c r="A334" s="0" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="B334" s="0" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="C334" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D334" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F334" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="B334" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G334" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:7">
       <x:c r="A335" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D335" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:7">
       <x:c r="A336" s="0" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="B336" s="0" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C336" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D336" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F336" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="B336" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G336" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:7">
       <x:c r="A337" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D337" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:7">
       <x:c r="A338" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D338" s="0" t="n">
-        <x:v>127</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:7">
       <x:c r="A339" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D339" s="0" t="n">
-        <x:v>352</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:7">
       <x:c r="A340" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="C340" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D340" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F340" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="C340" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G340" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:7">
       <x:c r="A341" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D341" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:7">
       <x:c r="A342" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="C342" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D342" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="F342" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="C342" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G342" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:7">
       <x:c r="A343" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D343" s="0" t="n">
-        <x:v>121</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:7">
       <x:c r="A344" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D344" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:7">
       <x:c r="A345" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D345" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:7">
       <x:c r="A346" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C346" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D346" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="F346" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="C346" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G346" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:7">
       <x:c r="A347" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D347" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:7">
       <x:c r="A348" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D348" s="0" t="n">
-        <x:v>57</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:7">
       <x:c r="A349" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D349" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:7">
       <x:c r="A350" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D350" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:7">
       <x:c r="A351" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D351" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:7">
       <x:c r="A352" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D352" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:7">
       <x:c r="A353" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D353" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:7">
       <x:c r="A354" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D354" s="0" t="n">
-        <x:v>145</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:7">
       <x:c r="A355" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D355" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F355" s="0" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="G355" s="0" t="s">
         <x:v>11</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:7">
       <x:c r="A356" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D356" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:7">
       <x:c r="A357" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D357" s="0" t="n">
-        <x:v>71</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:7">
       <x:c r="A358" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D358" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:7">
       <x:c r="A359" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D359" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:7">
       <x:c r="A360" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D360" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:7">
       <x:c r="A361" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D361" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:7">
       <x:c r="A362" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D362" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:7">
       <x:c r="A363" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D363" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:7">
       <x:c r="A364" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D364" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:7">
       <x:c r="A365" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D365" s="0" t="n">
-        <x:v>109</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:7">
       <x:c r="A366" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D366" s="0" t="n">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:7">
       <x:c r="A367" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D367" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:7">
       <x:c r="A368" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B368" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="C368" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D368" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G368" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:7">
       <x:c r="A369" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D369" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:7">
       <x:c r="A370" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D370" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:7">
       <x:c r="A371" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D371" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:7">
       <x:c r="A372" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B372" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="C372" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D372" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="G372" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:7">
       <x:c r="A373" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D373" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:7">
       <x:c r="A374" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D374" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:7">
       <x:c r="A375" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D375" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:7">
       <x:c r="A376" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D376" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:7">
       <x:c r="A377" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D377" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:7">
       <x:c r="A378" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D378" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:7">
       <x:c r="A379" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D379" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:7">
       <x:c r="A380" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D380" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:7">
       <x:c r="A381" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="C381" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D381" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:7">
       <x:c r="A382" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D382" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:7">
       <x:c r="A383" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="C383" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D383" s="0" t="n">
-        <x:v>164</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:7">
       <x:c r="A384" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C384" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D384" s="0" t="n">
-        <x:v>130</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="G384" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:7">
       <x:c r="A385" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D385" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:7">
       <x:c r="A386" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D386" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:7">
       <x:c r="A387" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D387" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:7">
       <x:c r="A388" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D388" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:7">
       <x:c r="A389" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D389" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:7">
       <x:c r="A390" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D390" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:7">
       <x:c r="A391" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D391" s="0" t="n">
-        <x:v>97</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:7">
       <x:c r="A392" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D392" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:7">
       <x:c r="A393" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D393" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:7">
       <x:c r="A394" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D394" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:7">
       <x:c r="A395" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D395" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:7">
       <x:c r="A396" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D396" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:7">
       <x:c r="A397" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D397" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:7">
       <x:c r="A398" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D398" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:7">
       <x:c r="A399" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D399" s="0" t="n">
-        <x:v>47</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:7">
       <x:c r="A400" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D400" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:7">
       <x:c r="A401" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D401" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:7">
       <x:c r="A402" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D402" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:7">
       <x:c r="A403" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D403" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:7">
       <x:c r="A404" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D404" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:7">
       <x:c r="A405" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D405" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:7">
       <x:c r="A406" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D406" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:7">
       <x:c r="A407" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D407" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:7">
       <x:c r="A408" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D408" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:7">
       <x:c r="A409" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D409" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:7">
       <x:c r="A410" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D410" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:7">
       <x:c r="A411" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D411" s="0" t="n">
-        <x:v>56</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:7">
       <x:c r="A412" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D412" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:7">
       <x:c r="A413" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D413" s="0" t="n">
-        <x:v>42</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:7">
       <x:c r="A414" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D414" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:7">
       <x:c r="A415" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D415" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:7">
       <x:c r="A416" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D416" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:7">
       <x:c r="A417" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D417" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:7">
       <x:c r="A418" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D418" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:7">
       <x:c r="A419" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D419" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:7">
       <x:c r="A420" s="0" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="B420" s="0" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C420" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D420" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F420" s="0" t="s">
         <x:v>695</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>701</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:7">
       <x:c r="A421" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D421" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:7">
       <x:c r="A422" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D422" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:7">
       <x:c r="A423" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D423" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:7">
       <x:c r="A424" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D424" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
-        <x:v>710</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:7">
       <x:c r="A425" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D425" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:7">
       <x:c r="A426" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D426" s="0" t="n">
-        <x:v>43</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:7">
       <x:c r="A427" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D427" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:7">
       <x:c r="A428" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D428" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:7">
       <x:c r="A429" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D429" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:7">
       <x:c r="A430" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D430" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:7">
       <x:c r="A431" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D431" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:7">
       <x:c r="A432" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="B432" s="0" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="C432" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D432" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="F432" s="0" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="G432" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="433" spans="1:7">
+      <x:c r="A433" s="0" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="B433" s="0" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="C433" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D433" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="F433" s="0" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="G433" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="434" spans="1:7">
+      <x:c r="A434" s="0" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="B434" s="0" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="C434" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D434" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F434" s="0" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="G434" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="435" spans="1:7">
+      <x:c r="A435" s="0" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="B435" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
-      <x:c r="C432" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D432" s="0" t="n">
+      <x:c r="C435" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D435" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F435" s="0" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="G435" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="436" spans="1:7">
+      <x:c r="A436" s="0" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="B436" s="0" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C436" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D436" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F436" s="0" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="G436" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="437" spans="1:7">
+      <x:c r="A437" s="0" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="B437" s="0" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="C437" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D437" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F437" s="0" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="G437" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="438" spans="1:7">
+      <x:c r="A438" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B438" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C438" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D438" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F438" s="0" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="G438" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="439" spans="1:7">
+      <x:c r="A439" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B439" s="0" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="C439" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D439" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F439" s="0" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="G439" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="440" spans="1:7">
+      <x:c r="A440" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B440" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C440" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D440" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F440" s="0" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="G440" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="441" spans="1:7">
+      <x:c r="A441" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B441" s="0" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="C441" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D441" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F441" s="0" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="G441" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="442" spans="1:7">
+      <x:c r="A442" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B442" s="0" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="C442" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D442" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F442" s="0" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="G442" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="443" spans="1:7">
+      <x:c r="A443" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B443" s="0" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="C443" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D443" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F443" s="0" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="G443" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="444" spans="1:7">
+      <x:c r="A444" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B444" s="0" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="C444" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D444" s="0" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F444" s="0" t="s">
+        <x:v>740</x:v>
+      </x:c>
+      <x:c r="G444" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="445" spans="1:7">
+      <x:c r="A445" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B445" s="0" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="C445" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D445" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F445" s="0" t="s">
+        <x:v>742</x:v>
+      </x:c>
+      <x:c r="G445" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="446" spans="1:7">
+      <x:c r="A446" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B446" s="0" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="C446" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D446" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F446" s="0" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="G446" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="447" spans="1:7">
+      <x:c r="A447" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B447" s="0" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="C447" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D447" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F447" s="0" t="s">
+        <x:v>746</x:v>
+      </x:c>
+      <x:c r="G447" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="448" spans="1:7">
+      <x:c r="A448" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B448" s="0" t="s">
+        <x:v>747</x:v>
+      </x:c>
+      <x:c r="C448" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D448" s="0" t="n">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="F432" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="G432" s="0" t="s">
+      <x:c r="F448" s="0" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="G448" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="449" spans="1:7">
+      <x:c r="A449" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B449" s="0" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="C449" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D449" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F449" s="0" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="G449" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="450" spans="1:7">
+      <x:c r="A450" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B450" s="0" t="s">
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="C450" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D450" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F450" s="0" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="G450" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="451" spans="1:7">
+      <x:c r="A451" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B451" s="0" t="s">
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="C451" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D451" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F451" s="0" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="G451" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="452" spans="1:7">
+      <x:c r="A452" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B452" s="0" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="C452" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D452" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F452" s="0" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="G452" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="453" spans="1:7">
+      <x:c r="A453" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B453" s="0" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="C453" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D453" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F453" s="0" t="s">
+        <x:v>756</x:v>
+      </x:c>
+      <x:c r="G453" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="454" spans="1:7">
+      <x:c r="A454" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="B454" s="0" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="C454" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D454" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F454" s="0" t="s">
+        <x:v>758</x:v>
+      </x:c>
+      <x:c r="G454" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>