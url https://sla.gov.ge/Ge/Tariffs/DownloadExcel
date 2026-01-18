--- v2 (2026-01-18)
+++ v3 (2026-01-18)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cac960059374ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a0e50dfacd44b5297b3071599bd71fa.psmdcp" Id="Rdce46b94b2214487" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cbdc800659641fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e09da6e2bce46fdbaf65a8ff219b1e6.psmdcp" Id="Rbf9c3c84c0fd46b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="759" uniqueCount="759">
   <x:si>
     <x:t>კვლევის კატეგორია</x:t>
   </x:si>
   <x:si>
     <x:t>კვლევის (მომსახურების) დასახელება</x:t>
   </x:si>
   <x:si>