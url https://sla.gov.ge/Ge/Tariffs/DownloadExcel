--- v3 (2026-01-18)
+++ v4 (2026-02-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cbdc800659641fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e09da6e2bce46fdbaf65a8ff219b1e6.psmdcp" Id="Rbf9c3c84c0fd46b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd82c337c6c04536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f48c5ecc08ab4c43abd828cebfa9d9f6.psmdcp" Id="R7df1140d68d24477" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="759" uniqueCount="759">
   <x:si>
     <x:t>კვლევის კატეგორია</x:t>
   </x:si>
   <x:si>
     <x:t>კვლევის (მომსახურების) დასახელება</x:t>
   </x:si>
   <x:si>