--- v4 (2026-02-10)
+++ v5 (2026-02-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd82c337c6c04536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f48c5ecc08ab4c43abd828cebfa9d9f6.psmdcp" Id="R7df1140d68d24477" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec089c0f1944ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f550fbda23004b51aeab167eb3fe95ea.psmdcp" Id="R65c7dd2fc2564bdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="759" uniqueCount="759">
   <x:si>
     <x:t>კვლევის კატეგორია</x:t>
   </x:si>
   <x:si>
     <x:t>კვლევის (მომსახურების) დასახელება</x:t>
   </x:si>
   <x:si>