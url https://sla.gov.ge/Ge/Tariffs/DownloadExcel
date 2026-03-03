--- v5 (2026-02-10)
+++ v6 (2026-03-03)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec089c0f1944ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f550fbda23004b51aeab167eb3fe95ea.psmdcp" Id="R65c7dd2fc2564bdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001de95d59414e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bf5a411893c047bf8b2ceaca8e9ce58b.psmdcp" Id="R28a488313e034ef9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="759" uniqueCount="759">
   <x:si>
     <x:t>კვლევის კატეგორია</x:t>
   </x:si>
   <x:si>
     <x:t>კვლევის (მომსახურების) დასახელება</x:t>
   </x:si>
   <x:si>