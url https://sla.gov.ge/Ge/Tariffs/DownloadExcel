--- v6 (2026-03-03)
+++ v7 (2026-03-24)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001de95d59414e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bf5a411893c047bf8b2ceaca8e9ce58b.psmdcp" Id="R28a488313e034ef9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra13f68d85d1a43cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6b414fd1b45486fb01cced3d69b8e5e.psmdcp" Id="Ra212b38eacd441a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="759" uniqueCount="759">
   <x:si>
     <x:t>კვლევის კატეგორია</x:t>
   </x:si>
   <x:si>
     <x:t>კვლევის (მომსახურების) დასახელება</x:t>
   </x:si>
   <x:si>