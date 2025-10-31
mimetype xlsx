--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a37f05aa3944fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/57e7f918ab824d43b5fa1162183c3155.psmdcp" Id="R87c0ba3fca8b446f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9cd487de88464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5811163ee05f4ce187c190d0d78ec4f2.psmdcp" Id="R4be8905d723f43c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="221">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="222">
   <x:si>
     <x:t>Research category</x:t>
   </x:si>
   <x:si>
     <x:t>Name of research (services)</x:t>
   </x:si>
   <x:si>
     <x:t>Quantity</x:t>
   </x:si>
   <x:si>
     <x:t>Price</x:t>
   </x:si>
   <x:si>
     <x:t>Price Comment</x:t>
   </x:si>
   <x:si>
     <x:t>Method</x:t>
   </x:si>
   <x:si>
     <x:t>Duration</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> მაღალეფექტური სითხური ქრომატოგრაფია, Codex Alimentarius Commission. Codex Standard for Honey. CX/S 00/3</x:t>
   </x:si>
   <x:si>
@@ -663,50 +663,53 @@
     <x:t>თურქულის ვირუსის A, O, Asia 1 და SAT 2 სეროტიპების სპეციფიკური ანტისხეულების აღმომჩენი მყარფაზიანი კონკურენტული ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA)</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია/მას-სპექტრომეტრია/მას-სპექტრომეტრია (LC/MS/MS) ვალიდირებული მეთოდი R-279-2024-G</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია/მას-სპექტრომეტრია/მას-სპექტრომეტრია (LC/MS/MS) ვალიდირებული მეთოდი R-280-2024-G</x:t>
   </x:si>
   <x:si>
     <x:t>კლასიკური ბაქტერიოლოგიური და კონვენციური PCR მეთოდები</x:t>
   </x:si>
   <x:si>
     <x:t>ბაქტერიოლოგია კულტურის გამოყოფა</x:t>
   </x:si>
   <x:si>
     <x:t>ინფრაწითელი სპექტრომეტრია, ანაერობული დეგრადაცია, PAS 9017:2020; ან ASTM D5511</x:t>
   </x:si>
   <x:si>
     <x:t>რენტგენო სტრუქტურული ანალიზი, ვალიდირებული მეთოდი R2922024-G</x:t>
   </x:si>
   <x:si>
     <x:t>მიკროსკოპია, ბიოქიმია</x:t>
   </x:si>
   <x:si>
     <x:t>IDEXX ტექნოლოგია</x:t>
+  </x:si>
+  <x:si>
+    <x:t>R-298-2024-G ვალიდირებული მეთოდი</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of peanuts in food products</x:t>
   </x:si>
   <x:si>
     <x:t>1 sample</x:t>
   </x:si>
   <x:si>
     <x:t>3 days</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -2676,619 +2679,619 @@
       <x:c r="D198" s="0" t="n">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:7">
       <x:c r="D199" s="0" t="n">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:7">
       <x:c r="D200" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:7">
       <x:c r="D201" s="0" t="n">
-        <x:v>159</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:7">
       <x:c r="D202" s="0" t="n">
-        <x:v>119</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:7">
       <x:c r="D203" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:7">
       <x:c r="D204" s="0" t="n">
-        <x:v>86</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:7">
       <x:c r="D205" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:7">
       <x:c r="D206" s="0" t="n">
-        <x:v>53</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:7">
       <x:c r="D207" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:7">
       <x:c r="D208" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:7">
       <x:c r="D209" s="0" t="n">
-        <x:v>68</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:7">
       <x:c r="D210" s="0" t="n">
-        <x:v>94</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:7">
       <x:c r="D211" s="0" t="n">
-        <x:v>113</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:7">
       <x:c r="D212" s="0" t="n">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:7">
       <x:c r="D213" s="0" t="n">
-        <x:v>79</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:7">
       <x:c r="D214" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:7">
       <x:c r="D215" s="0" t="n">
-        <x:v>47</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:7">
       <x:c r="D216" s="0" t="n">
-        <x:v>54</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:7">
       <x:c r="D217" s="0" t="n">
-        <x:v>170</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:7">
       <x:c r="D218" s="0" t="n">
-        <x:v>64</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:7">
       <x:c r="D219" s="0" t="n">
-        <x:v>220</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:7">
       <x:c r="D220" s="0" t="n">
         <x:v>287</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:7">
       <x:c r="D221" s="0" t="n">
         <x:v>287</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:7">
       <x:c r="D222" s="0" t="n">
         <x:v>287</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:7">
       <x:c r="D223" s="0" t="n">
-        <x:v>287</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:7">
       <x:c r="D224" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:7">
       <x:c r="D225" s="0" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:7">
       <x:c r="D226" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:7">
       <x:c r="D227" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:7">
       <x:c r="D228" s="0" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:7">
       <x:c r="D229" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:7">
       <x:c r="D230" s="0" t="n">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:7">
       <x:c r="D231" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:7">
       <x:c r="D232" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:7">
       <x:c r="D233" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:7">
       <x:c r="D234" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:7">
       <x:c r="D235" s="0" t="n">
-        <x:v>197</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:7">
       <x:c r="D236" s="0" t="n">
-        <x:v>116</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:7">
       <x:c r="D237" s="0" t="n">
-        <x:v>266</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:7">
       <x:c r="D238" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:7">
       <x:c r="D239" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:7">
       <x:c r="D240" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F240" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:7">
       <x:c r="D241" s="0" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:7">
       <x:c r="D242" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:7">
       <x:c r="D243" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:7">
       <x:c r="D244" s="0" t="n">
-        <x:v>193</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:7">
       <x:c r="D245" s="0" t="n">
-        <x:v>127</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:7">
       <x:c r="D246" s="0" t="n">
-        <x:v>176</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F246" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:7">
       <x:c r="D247" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:7">
       <x:c r="D248" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:7">
       <x:c r="D249" s="0" t="n">
-        <x:v>293</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:7">
       <x:c r="D250" s="0" t="n">
-        <x:v>8</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F250" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:7">
       <x:c r="D251" s="0" t="n">
-        <x:v>264</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:7">
       <x:c r="D252" s="0" t="n">
-        <x:v>263</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F252" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:7">
       <x:c r="D253" s="0" t="n">
-        <x:v>180</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:7">
       <x:c r="D254" s="0" t="n">
-        <x:v>265</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:7">
       <x:c r="D255" s="0" t="n">
-        <x:v>245</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:7">
       <x:c r="D256" s="0" t="n">
-        <x:v>162</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:7">
       <x:c r="D257" s="0" t="n">
-        <x:v>57</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:7">
       <x:c r="D258" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:7">
       <x:c r="D259" s="0" t="n">
-        <x:v>347</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:7">
       <x:c r="D260" s="0" t="n">
-        <x:v>377</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:7">
       <x:c r="D261" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:7">
       <x:c r="D262" s="0" t="n">
-        <x:v>319</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:7">
       <x:c r="D263" s="0" t="n">
-        <x:v>145</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:7">
       <x:c r="D264" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:7">
       <x:c r="D265" s="0" t="n">
-        <x:v>410</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:7">
       <x:c r="D266" s="0" t="n">
-        <x:v>293</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:7">
       <x:c r="D267" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:7">
       <x:c r="D268" s="0" t="n">
-        <x:v>71</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:7">
       <x:c r="D269" s="0" t="n">
-        <x:v>275</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:7">
       <x:c r="D270" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:7">
       <x:c r="D271" s="0" t="n">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:7">
       <x:c r="D272" s="0" t="n">
-        <x:v>122</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:7">
       <x:c r="D273" s="0" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:7">
       <x:c r="D274" s="0" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:7">
       <x:c r="D275" s="0" t="n">
         <x:v>197</x:v>
       </x:c>
@@ -3300,307 +3303,307 @@
       <x:c r="D276" s="0" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:7">
       <x:c r="D277" s="0" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:7">
       <x:c r="D278" s="0" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:7">
       <x:c r="D279" s="0" t="n">
-        <x:v>197</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:7">
       <x:c r="D280" s="0" t="n">
-        <x:v>320</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:7">
       <x:c r="D281" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:7">
       <x:c r="D282" s="0" t="n">
-        <x:v>433</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:7">
       <x:c r="D283" s="0" t="n">
-        <x:v>41</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:7">
       <x:c r="D284" s="0" t="n">
-        <x:v>121</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:7">
       <x:c r="D285" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:7">
       <x:c r="D286" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:7">
       <x:c r="D287" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:7">
       <x:c r="D288" s="0" t="n">
-        <x:v>255</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:7">
       <x:c r="D289" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:7">
       <x:c r="D290" s="0" t="n">
-        <x:v>240</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:7">
       <x:c r="D291" s="0" t="n">
         <x:v>232</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:7">
       <x:c r="D292" s="0" t="n">
-        <x:v>232</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:7">
       <x:c r="D293" s="0" t="n">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:7">
       <x:c r="D294" s="0" t="n">
-        <x:v>236</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:7">
       <x:c r="D295" s="0" t="n">
         <x:v>254</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:7">
       <x:c r="D296" s="0" t="n">
-        <x:v>254</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:7">
       <x:c r="D297" s="0" t="n">
-        <x:v>220</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:7">
       <x:c r="D298" s="0" t="n">
-        <x:v>202</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:7">
       <x:c r="D299" s="0" t="n">
-        <x:v>254</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:7">
       <x:c r="D300" s="0" t="n">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:7">
       <x:c r="D301" s="0" t="n">
-        <x:v>236</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:7">
       <x:c r="D302" s="0" t="n">
-        <x:v>232</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:7">
       <x:c r="D303" s="0" t="n">
-        <x:v>1137</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:7">
       <x:c r="D304" s="0" t="n">
-        <x:v>535</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:7">
       <x:c r="D305" s="0" t="n">
-        <x:v>304</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:7">
       <x:c r="D306" s="0" t="n">
-        <x:v>335</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:7">
       <x:c r="D307" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:7">
       <x:c r="D308" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:7">
       <x:c r="D309" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:7">
       <x:c r="D310" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:7">
       <x:c r="D311" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:7">
       <x:c r="D312" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:7">
       <x:c r="D313" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:7">
       <x:c r="D314" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
@@ -3620,179 +3623,179 @@
       <x:c r="D316" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:7">
       <x:c r="D317" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:7">
       <x:c r="D318" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:7">
       <x:c r="D319" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:7">
       <x:c r="D320" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:7">
       <x:c r="D321" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:7">
       <x:c r="D322" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:7">
       <x:c r="D323" s="0" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:7">
       <x:c r="D324" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:7">
       <x:c r="D325" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:7">
       <x:c r="D326" s="0" t="n">
-        <x:v>175</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:7">
       <x:c r="D327" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:7">
       <x:c r="D328" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:7">
       <x:c r="D329" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:7">
       <x:c r="D330" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:7">
       <x:c r="D331" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:7">
       <x:c r="D332" s="0" t="n">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:7">
       <x:c r="D333" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F333" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:7">
       <x:c r="D334" s="0" t="n">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:7">
       <x:c r="D335" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:7">
       <x:c r="D336" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:7">
       <x:c r="D337" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:7">
       <x:c r="D338" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
@@ -3804,783 +3807,783 @@
       <x:c r="D339" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:7">
       <x:c r="D340" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:7">
       <x:c r="D341" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:7">
       <x:c r="D342" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:7">
       <x:c r="D343" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:7">
       <x:c r="D344" s="0" t="n">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:7">
       <x:c r="D345" s="0" t="n">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:7">
       <x:c r="D346" s="0" t="n">
-        <x:v>114</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:7">
       <x:c r="D347" s="0" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:7">
       <x:c r="D348" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:7">
       <x:c r="D349" s="0" t="n">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:7">
       <x:c r="D350" s="0" t="n">
-        <x:v>150</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:7">
       <x:c r="D351" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:7">
       <x:c r="D352" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:7">
       <x:c r="D353" s="0" t="n">
-        <x:v>183</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:7">
       <x:c r="D354" s="0" t="n">
-        <x:v>146</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:7">
       <x:c r="D355" s="0" t="n">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:7">
       <x:c r="D356" s="0" t="n">
-        <x:v>153</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:7">
       <x:c r="D357" s="0" t="n">
-        <x:v>127</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:7">
       <x:c r="D358" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:7">
       <x:c r="D359" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:7">
       <x:c r="D360" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:7">
       <x:c r="D361" s="0" t="n">
-        <x:v>200</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:7">
       <x:c r="D362" s="0" t="n">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:7">
       <x:c r="D363" s="0" t="n">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:7">
       <x:c r="D364" s="0" t="n">
-        <x:v>177</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:7">
       <x:c r="D365" s="0" t="n">
-        <x:v>215</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:7">
       <x:c r="D366" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:7">
       <x:c r="D367" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:7">
       <x:c r="D368" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F368" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:7">
       <x:c r="D369" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:7">
       <x:c r="D370" s="0" t="n">
-        <x:v>255</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:7">
       <x:c r="D371" s="0" t="n">
         <x:v>215</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:7">
       <x:c r="D372" s="0" t="n">
-        <x:v>215</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F372" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:7">
       <x:c r="D373" s="0" t="n">
-        <x:v>200</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:7">
       <x:c r="D374" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:7">
       <x:c r="D375" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:7">
       <x:c r="D376" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:7">
       <x:c r="D377" s="0" t="n">
-        <x:v>215</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:7">
       <x:c r="D378" s="0" t="n">
-        <x:v>143</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:7">
       <x:c r="D379" s="0" t="n">
-        <x:v>127</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:7">
       <x:c r="D380" s="0" t="n">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:7">
       <x:c r="D381" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F381" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:7">
       <x:c r="D382" s="0" t="n">
-        <x:v>480</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:7">
       <x:c r="D383" s="0" t="n">
-        <x:v>150</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F383" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:7">
       <x:c r="D384" s="0" t="n">
-        <x:v>236</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F384" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:7">
       <x:c r="D385" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:7">
       <x:c r="D386" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:7">
       <x:c r="D387" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:7">
       <x:c r="D388" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:7">
       <x:c r="D389" s="0" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:7">
       <x:c r="D390" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:7">
       <x:c r="D391" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:7">
       <x:c r="D392" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:7">
       <x:c r="D393" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:7">
       <x:c r="D394" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:7">
       <x:c r="D395" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:7">
       <x:c r="D396" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:7">
       <x:c r="D397" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:7">
       <x:c r="D398" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:7">
       <x:c r="D399" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:7">
       <x:c r="D400" s="0" t="n">
         <x:v>214</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:7">
       <x:c r="D401" s="0" t="n">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:7">
       <x:c r="D402" s="0" t="n">
-        <x:v>210</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:7">
       <x:c r="D403" s="0" t="n">
-        <x:v>169</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:7">
       <x:c r="D404" s="0" t="n">
-        <x:v>335</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:7">
       <x:c r="D405" s="0" t="n">
-        <x:v>110</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:7">
       <x:c r="D406" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:7">
       <x:c r="D407" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:7">
       <x:c r="D408" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:7">
       <x:c r="D409" s="0" t="n">
-        <x:v>725</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:7">
       <x:c r="D410" s="0" t="n">
-        <x:v>790</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:7">
       <x:c r="D411" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:7">
       <x:c r="D412" s="0" t="n">
-        <x:v>352</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:7">
       <x:c r="D413" s="0" t="n">
-        <x:v>306</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:7">
       <x:c r="D414" s="0" t="n">
-        <x:v>250</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:7">
       <x:c r="D415" s="0" t="n">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:7">
       <x:c r="D416" s="0" t="n">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:7">
       <x:c r="D417" s="0" t="n">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:7">
       <x:c r="D418" s="0" t="n">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:7">
       <x:c r="D419" s="0" t="n">
-        <x:v>80</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:7">
       <x:c r="D420" s="0" t="n">
-        <x:v>250</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:7">
       <x:c r="D421" s="0" t="n">
-        <x:v>210</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:7">
       <x:c r="D422" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:7">
       <x:c r="D423" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:7">
       <x:c r="D424" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:7">
       <x:c r="D425" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:7">
       <x:c r="D426" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:7">
       <x:c r="D427" s="0" t="n">
-        <x:v>185</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:7">
       <x:c r="D428" s="0" t="n">
-        <x:v>224</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:7">
       <x:c r="D429" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:7">
       <x:c r="D430" s="0" t="n">
-        <x:v>147</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:7">
       <x:c r="D431" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:7">
       <x:c r="B432" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C432" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D432" s="0" t="n">
         <x:v>330</x:v>
       </x:c>
       <x:c r="F432" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>