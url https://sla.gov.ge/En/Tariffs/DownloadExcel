--- v1 (2025-10-31)
+++ v2 (2025-11-27)
@@ -1,724 +1,2176 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9cd487de88464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5811163ee05f4ce187c190d0d78ec4f2.psmdcp" Id="R4be8905d723f43c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4261bb5e1f744ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/939056dfa5e24626aa225bb830a9bdf9.psmdcp" Id="Rf8fc9875b5064137" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="222">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="706" uniqueCount="706">
   <x:si>
     <x:t>Research category</x:t>
   </x:si>
   <x:si>
     <x:t>Name of research (services)</x:t>
   </x:si>
   <x:si>
     <x:t>Quantity</x:t>
   </x:si>
   <x:si>
     <x:t>Price</x:t>
   </x:si>
   <x:si>
     <x:t>Price Comment</x:t>
   </x:si>
   <x:si>
     <x:t>Method</x:t>
   </x:si>
   <x:si>
     <x:t>Duration</x:t>
   </x:si>
   <x:si>
+    <x:t>Bacteriological Analysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Bee Blight</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 Sample</x:t>
+  </x:si>
+  <x:si>
+    <x:t>კულტურის გამოყოფა</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">5-7 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anthrax ‐ (anthrax) ‐ Path. Material, Smear</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anthrax (anthrax) - Environmental Sample</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bee Hemorrhagic Septicemia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brucellosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30 Working days</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campylobacteriosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">8-10 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colibacillosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determining the Degree of Disinfection</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">5 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplococcosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>European Honeybee Blight</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Examination of Sperm for Bacteriological Contamination</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fish Aeromonosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fish Diseases - Fish enteric red mouth, lactococcosis (streptococcosis), vagococcosis, furunculosis, kidney bacteriosis, lactobacillosis and flavobacteria spp - Diagnosis from Fish Pathology Material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ბაქტერიოლოგია კულტურის გამოყოფა</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fish Pseudomonosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fish Vibriosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hemorrhagic Septicemia - Pasteurellosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoof Rot</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">7-8 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Listeriosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Malignant Edema</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Milk Testing for Mastitis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ექსპრეს ტესტი</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1 Working day </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Necrobacteriosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paratyphoid Fever</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Red Wind</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salmonella spp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>დაავადების აღმძვრელის ტიპირება</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salmonellosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sensitivity of Infectious Disease Pathogens to Antibiotics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Staphylococcus Aureus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Streptococcus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuberculosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">45 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yersiniosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bacteriological Analysis, Molecular Biological Analysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anaerobic Dysentery</x:t>
+  </x:si>
+  <x:si>
+    <x:t>კულტურის გამოყოფა; პოლიმერაზული ჯაჭვური რეაქცია (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bradzot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emkar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enterotoxemia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Examination of Plant Material for the presence of Harmful Organisms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bacterial Detection by RT-PCR (Qualitative Method)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>რეალურ დროში პოლიმერაზული ჯაჭვური რეაქცია (RT – PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">2-3 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bacteriological Examination</x:t>
+  </x:si>
+  <x:si>
+    <x:t>კლასიკური ბაქტერიოლოგიური და კონვენციური PCR</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3-25 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Acidovorax citrulli, the causal agent of bacterial leaf spot in melon fruit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>კლასიკური ბაქტერიოლოგიური და კონვენციური PCR მეთოდები</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">4-10 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of Bacterial Cancer Pathogens Agrobacterium tumefaciens and A. vitis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>კლასიკური ბაქტერიოლოგიური და  პოლიმერაზულ ჯაჭვური რეაქციის მეთოდი</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">4-7 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of Curtobacterium flaccumfaciens pv. flaccumfaciens, the Causative Agent of Bacterial Wilt in Beans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Erwinia amylovora, the causal agent of fire blight in fruit trees</x:t>
+  </x:si>
+  <x:si>
+    <x:t>კლასიკური ბაქტერიოლოგიური და პოლიმერაზულ ჯაჭვური რეაქცია</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1-3 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Pantoea stewartii, the causal agent of bacterial leaf blight in maize</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of Pectobacterium carotovorum and Pectobacterium atrosepticum, the Causative Agents of Soft Rot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Pseudomonas corrugata, the causal agent of tomato pith necrosis.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>კლასიკურ-ბაქტერიოლოგიური და  პოლიმერაზულ ჯაჭვური რეაქციის მეთოდები</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">4-8 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Pseudomonas savastanoi pv. savastanoi, the causal agent of olive bacterial disease</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Pseudomonas syringae pv. morsprunorum, the causal agent of bacterial canker of stone fruits</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Ralstonia solanacearum, the causal agent of bacterial wilt of potato</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of Rhodococcus fascians, the Causative Agent of Leaf Hyperplasia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of the Bacterial Cancer Pathogen Pseudomonas syringae pv. syringae</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of the Guava root-knot nematode (Meloidogyne enterolobii)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მორფოლოგიური, მორფომეტრული და კონვენციური PCR მეთოდები</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">2-20 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of the Javanese root-knot nematode (Meloidogyne javanica)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of the Kiwifruit Bacterial Canker Pathogen Pseudomonas syringae pv. actinidiae</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of the northern root-knot nematode (Meloidogyne hapla)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of the peanut root-knot nematode (Meloidogyne arenaria)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of the southern root-knot nematode (Meloidogyne incognita)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of the Walnut Bacterial Cancer Pathogen Pseudomonas syringae pv. avellanae</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Xanthomonas arboricola pv. corylina, the causal agent of bacterial blight of hazelnut</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">5-12 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Xanthomonas arboricola pv. pruni, the causal agent of bacterial spot of stone fruits</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Xanthomonas citri, the causal agent of citrus bacterial canker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Xanthomonas euvesicatoria, the causal agent of bacterial spot of tomato and pepper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Xanthomonas fragariae, the causal agent of angular leaf spot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Xanthomonas gardneri, the causal agent of bacterial spot of tomato and pepper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Xanthomonas perforans, the causal agent of bacterial spot of tomato and pepper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Xanthomonas vesicatoria, the causal agent of bacterial spot of tomato and pepper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and identification of Xylophilus ampelinus, the causal agent of bacterial blight of grapevine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Apple Chlorotic Leaf Spot Virus (ACLSV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">2-6 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Apple mosaic virus (ApMV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Apple Stem Grooving Virus (ASPV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Apple stem pitting virus (ASPV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Arabis mosaic virus (ArMV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Barley Stripe Mosaic Virus (BSMV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Blueberry Scorch Virus (BlScV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Blueberry Shock Virus (BlShV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Blueberry Shoestring Virus (BSSV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Cherry leaf roll virus (CLRV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Citrus Tristeza Virus (CTV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Cucumber Mosaic Virus (CMV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Grapevine fanleaf virus (GFLV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Grapevine fleck virus (GFKV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Grapevine leafroll-associated virus 1 (GLRaV‑1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Grapevine leafroll-associated virus 3 (GLRaV‑3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of 'Mop‐Top' virus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Peach rosette mosaic virus (PRMV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Phytophthora sp., the Causative Agent of Phytophthora Disease</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ბიოლოგიური და baiting მეთოდებით  </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">14-30 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Phytoplasmas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>კონვენციური PCR</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1-5 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Plum Necrotic Ringspot Virus (PNRSV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Plum Pox Virus (PPV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of potato cyst nematodes Globodera rostochiensis and Globodera pallida</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Potato Latent (“Andean”) Virus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Potato M Virus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Potato X Virus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Potato Y Virus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Raspberry Bushy Dwarf Virus (RBDV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Raspberry Ringspot Virus (RpRSV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Strawberry Latent Ringspot Virus (SLRSV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of the Columbia root-knot nematode (Meloidogyne chitwoodi) and the false Columbia root-knot nematode (Meloidogyne fallax)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">2-10 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of the pine wood nematode Bursaphelenchus xylophilus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of the stem nematode Ditylenchus dipsaci and the potato rot nematode Ditylenchus destructor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Tobacco Ringspot Virus (TRSV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Tomato Black Ring Virus (TBRV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Tomato Mosaic Virus (ToMV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Tomato Ringspot Virus (ToRSV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Tomato Spotted Wilt Virus (TSWV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Viroids</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">7 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Watermelon Mosaic Virus (WMV)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entomological and acarological examination of plant samples</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მორფოლოგიური</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entomological examination of flour and cereals</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1-35 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fungal culture identification</x:t>
+  </x:si>
+  <x:si>
+    <x:t>კლასიკური, მიკოლოგიური</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Herbological Examination</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მიკროსკოპიული, მორფოლოგიური</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1-7 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Identification of Clavibacter michiganensis subsp. michiganensis, the causal agent of bacterial canker of tomato</x:t>
+  </x:si>
+  <x:si>
+    <x:t>პოლიმერაზულ ჯაჭვური რეაქცია</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Identification of Clavibacter michiganensis subsp. sepedonicus, the causal agent of potato ring rot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Identification of Phytoplasmas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>„ნესტიდ“ PCR და RELP</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">5-8 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Identification of Xylella fastidiosa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mycological examination of plant material</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1-30 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phytoparasitological (helminthological) examination of plant samples</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მორფოლოგიური - მორფომეტრული</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1-20 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rapid detection of bacteria</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სეროლოგიური</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rapid detection of fungi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rapid detection of viruses</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visual inspection for the presence of plant pests</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ვიზუალური დათვალიერება</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Genetic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequencing of Peste des Petits Ruminants Virus (PPRV) Using the Sanger Method</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სექვენირება</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sequencing of Rabies Virus Using the Sanger Method</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 32483-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1-2 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Dropped Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 32168-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diastase Number in Shade Units</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 34232-2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electrical Conductivity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 31770-2012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Free Acidity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 32169-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honey Pollen Analysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 19792-2001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hydroxylmethylfurfural (qualitative)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 19792-2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass Fraction of Dry Matter</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">სახელმძღვანელო რეფრაქტომეტრისათვის “MISCO PA 203” </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass Fraction of Water</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mechanical Impurities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organoleptic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Proline</x:t>
+  </x:si>
+  <x:si>
+    <x:t>საერთაშორისო თაფლის კომისიის ჰარმონიზებული მეთოდი</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Specific Gravity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Total Acidity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infrared Spectroscopy, Anaerobic Degradation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fragmentation of plastic material into microfragments (degree of degradation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ინფრაწითელი სპექტრომეტრია, ანაერობული დეგრადაცია, PAS 9017:2020; ან ASTM D5511</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">15-45 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Instrumental Diagnostic Tests</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aflatoxin B1 Determination in Animal Feed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>R-298-2024-G ვალიდირებული მეთოდი</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">2-7 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Aflatoxin B1 and Total Aflatoxins (B1, B2, G1, G2) in Nuts, Walnuts and similar products, and Cereals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია, EN 14123</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Aflatoxin B1 in Cereals and Animal Food</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მწარმოებლის მეთოდური სახელმძღვანელო, CHARM II ანალიზატორი (სკრინინგ მეთოდი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">2-5 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Aflatoxin M1 in Milk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მაღალეფექტური სითხური ქრომატოგრაფია (HPLC), ვალიდირებული მეთოდი R-042-2020-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Amitraz and its Metabolites in Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია - მას- სპექტრომეტრია, EN 15662:2018</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">5-10 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Anions (nitrates (NO₃⁻), nitrites (NO₂⁻), sulfates (SO₄²⁻), phosphates (PO₄³⁻), fluoride (F⁻), bromide (Br⁻), chloride (Cl⁻)) in Water</x:t>
+  </x:si>
+  <x:si>
+    <x:t>იონური ქრომატოგრაფია, სსტ ისო 10304-1:2007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Anthelmintics (benzimidazole, aminobenzimidazole, levamisole, avermectin, thiabendazole, moxidectin, triclabendazole) in Milk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მწარმოებლის მეთოდური სახელმძღვანელო, Randox Evidence Investigator  (სკრინინგ მეთოდი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3-10 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Anthelmintics (benzimidazole, levamisole, avermectin, thiabendazole, moxidectin, triclabendazole) in Meat and Fish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Antibiotics of the tetracycline group, quinolones, ceftiofur, thiamphenicol, streptomycin, and tylosin groups in Honey and Meat</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> მწარმოებლის მეთოდური სახელმძღვანელო, Randox Evidence Investigator  (სკრინინგ მეთოდი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Bromuconazole and Clotrimazole in Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Cephalosporins in Honey and Milk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-114-2022-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Chloramphenicol and Nitroimidazoles in Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Chloramphenicol in Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Chloramphenicol in Meat and Fish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Chloramphenicol in Milk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Chloramphenicol in Milk, Honey, Fish and Meat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-244-2023-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Dioxin-like Polychlorinated Biphenyls (PCB28, PCB52, PCB101, PCB138, PCB153, PCB180) in Foods of Animal Origin: Honey, Meat and Meat Products (excluding edible offal), fish fillets, fishery products, and products derived from them</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გაზური ქრომატოგრაფია - მას-სპექტრომეტრია, EN 15662:2018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Heavy Metals (cadmium (Cd), lead (Pb)) in Food</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Per Element</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ატომურ-აბსორბციული სპექტრომეტრია, ვალიდირებული მეთოდი  R-251-2023-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3-5 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Heavy Metals (cadmium (Cd), lead (Pb)) in Water</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ატომურ - აბსორბციული სპექტრომეტრია, ГОСТ 31870-2012 მწარმოებლის მეთოდური სახელმძღვანელო, Agilent, GFAAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2-4 Working Days</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Heavy Metals (copper (Cu), zinc (Zn), tin (Sn), chromium (Cr)) in Food</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ატომურ-ემისიური სპექტრომეტრია, R-278-2024-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Heavy Metals: copper (Cu), zinc (Zn), and iron (Fe) in Water</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ატომურ-აბსორბციული სპექტრომეტრია, ვალიდირებული მეთოდი  R-055-2020-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Histamine in Fish and Fish Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მაღალეფექტური სითხური ქრომატოგრაფია, ვალიდირებული მეთოდი  R-027-2018-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3-7 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Hydroxymethylfurfural in Honey</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve"> მაღალეფექტური სითხური ქრომატოგრაფია, Codex Alimentarius Commission. Codex Standard for Honey. CX/S 00/3</x:t>
   </x:si>
   <x:si>
-    <x:t>სითხური ქრომატოგრაფია - მას- სპექტრომეტრია,                              EN 15662:2018</x:t>
-[...20 lines deleted...]
-    <x:t>მაღალეფექტური სითხური ქრომატოგრაფია (HPLC), ვალიდირებული მეთოდი R-042-2020-G</x:t>
+    <x:t xml:space="preserve">3-4 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Macrolides and Tiamulin in Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია მას-სპექტრომეტრია (LC/MS/MS) ვალიდირებული მეთოდი R-056-2020-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Mercury (Hg) in Fish and Meat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ატომურ-აბსორბციული სპექტრომეტრია, ვალიდირებული მეთოდები  R-125-2023-G და  R-126-2023-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Mercury (Hg) in Water</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ატომურ-აბსორბციული სპექტრომეტრია, ვალიდირებული მეთოდი  R-127-2023-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Multiantibiotics in Meat using a Triple Quadrupole Mass Spectrometer coupled to a Liquid Chromatograph (TSQ QUANTIS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია/მას-სპექტრომეტრია/მას-სპექტრომეტრია (LC/MS/MS) ვალიდირებული მეთოდი R-280-2024-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Mycotoxins (Aflatoxin B1, Aflatoxins G1 and G2, paxilline, fumonisins, ochratoxin A, ergot alkaloids, diacetoxyscirpenol, deoxynivalenol, zearalenone, T-2 toxin) in Cereals and Cereal-based Animal Feeds</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Nitrofuran group (AOZ, AMOZ, AHD, SEM) in Honey, Meat, and Seafood Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Nitrofuran Metabolites (AOZ, AMOZ, AHD, SEM) in Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-034-2019-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Nitrofuran Metabolites (AOZ, AMOZ, AHD, SEM) in Meat and Fish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი R-034-2019-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Nitrofuran Metabolites (AOZ, AMOZ, AHD, SEM) in Milk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია მასსპექტრომეტრია, ვალიდირებული მეთოდი R-034-2019-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Nitroimidazole group (2-OH methyl-methyl nitroimidazole (HMMNI), methyl-2-OH isopropyl nitroimidazole (IPZOH), metronidazole (MNZ), 2-OH ethyl-2-OH-methyl nitroimidazole (MNZ-OH), ronidazole (RNZ), dimetridazole (DNZ), ipronidazole (IPZ), and tinidazole (TNZ)) in Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-025-2018-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Organochlorine Pesticides (alpha-hexachlorocyclohexane, beta-hexachlorocyclohexane, delta-hexachlorocyclohexane, gamma-hexachlorocyclohexane, 4,4'-DDD, 4,4'-DDE, 4,4'-DDT, heptachlor, aldrin, chlorpyrifos, heptachlor epoxide, endosulfan, dieldrin, endosulfan sulfate, methoxychlor, lambdacyhalothrin, permethrin, cypermethrin, tau-fluvalinate) in Food</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გაზური ქრომატოგრაფია - მას-სპექტრომეტრია, AOAC 2007.01, EN 15662:2018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Organophosphorus Pesticides and Carbamates in Fruits, Vegetables, and Juices</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Organophosphorus Pesticides, Pyrethroids, and Carbamates (bifenthrin, deltamethrin, esfenvalerate, carbosulfan, fenvalerate, chlorpyrifos, cypermethrin, methidathion, paraoxon-methyl, parathion-methyl, parathion, isocarbophos, EPN, azinphos-methyl, chlorfenvinphos, diazinon, dichlorvos, dimethoate, ethion, fenamiphos, fenamiphos sulfoxide, fenamiphos sulfone, fenthion, maloxon, malathion, methamidophos, omethoate, fosmete, pirimiphos-methyl, triazophos, carbofuran, formetanate, propamocarb, aldicarb sulfoxide, aldicarb sulfone, aldicarb, oxamyl, methomyl, thiodicarb, carbosulfan, pirimicarb, carbaryl, iprovalicarb, phenoxicarb) in Food</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გაზური და სითხური ქრომატოგრაფია - მასსპექტრომეტრია, EN 15662:2018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Pesticides in Milk and Dairy Products using the "QuEChers" method</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გაზური ქრომატოგრაფია/მასპექტომეტრია (GC/MS/MS), სითხური ქრომატოგრაფია/მასპექტრომეტრია/მასპექტრომეტრია (LC/MS/MS). ვალიდირებული მეთოდი R-277-2024-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Pesticides in Water</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-246-2023-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Residues of Sudan I, II, III and I, Sudan Orange G, Sudan Red 7 B, Para Red dyes in Food Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> მაღალეფექტური სითხური ქრომატოგრაფია (HPLC). ვალიდირებული მეთოდი  R-276-2024-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Saturated and Unsaturated fatty acids in Food containing Animal and Vegetable Fats and Oils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გაზური ქრომატოგრაფია, სსტ ისო 12966-1:2014/2017 სსტ ისო 12966-2:2017/2017 სსტ ისო 12966-4:2015/2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Substances from the groups of tetracyclines, streptomycin, tylosin, thiamphenicol, quinolones, and ceftiofur in Milk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Substances from the tetracycline group – tetracycline, oxytetracycline, and chlortetracycline in Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Sugars (fructose, glucose, sucrose) in Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მაღალეფექტური სითხური ქრომატოგრაფია, მწარმოებლის (Agilent) მიერ მოწოდებული მეთოდი</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Sulfonamide Antibiotics in Honey using Triple Quadrupole Mass Spectrometry Coupled to Liquid Chromatography (TSQ QUANTIS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია/მას-სპექტრომეტრია/მას-სპექტრომეტრია (LC/MS/MS) ვალიდირებული მეთოდი R-279-2024-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Sulfonamide group, Trimethoprim, and Dapsone in Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Sulfonamides, Trimethoprim, and Dapsone in Meat and Fish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Sulfonamides, Trimethoprim, and Dapsone in Milk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of tetracycline group: tetracycline, oxytetracycline, and chlortetracycline in Meat and Fish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of the Amphenicol group in Meat and Fish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of the Purity of Milk fat in Milk and Dairy Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გაზური ქრომატოგრაფია, სსტ ისო 17678:2019/2020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of the Specific Activity of Radionuclides cesium-137 (Cs-137) and strontium-90 (Sr-90) in Food</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გამა, ბეტა სპექტრომეტრია, МВИ.МН 1181‐2011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of the tetracycline group (tetracycline, oxytetracycline, chlortetracycline) in Honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია,  გოსტ 31694:2012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of trans fats in Food</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გაზური ქრომატოგრაფია, სსტ ისო 12966-1:2014/2017  სსტ ისო 12966-2:2017/2017  სსტ ისო 12966-4:2015/2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Triphenylmethane dye residues and their Metabolites (malachite green, leuco malachite green, crystal violet, leuco crystal violet and brilliant green) in Fish</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-173-2023-G</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quantitative determination of Dithiocarbamate pesticides (expressed as CS₂, including maneb, mancozeb, methiram, propineb, thiram, and ziram) in Plant-derived Products and Honey</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფიამას -სპექტრომეტრია, ვალიდირებული მეთოდი R-041-2019-G</x:t>
   </x:si>
   <x:si>
-    <x:t>სითხური ქრომატოგრაფია მას-სპექტრომეტრია (LC/MS/MS) ვალიდირებული მეთოდი R-056-2020-G</x:t>
-[...95 lines deleted...]
-    <x:t>Harmonised method of the International Honey Commission</x:t>
+    <x:t>Microbiological Analysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antibiotic susceptibility</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ჯანმო პროტოკოლი 2010 GFNLA002</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">6-8 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beta-glucuronidase-positive E. coli (Escherichia coli)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 16649-3:2015/2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 16649-2:2001/2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beta-glucuronidase-positive E. coli (Escherichia coli) washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campylobacter spp (qualitative)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ენ ისო 10272-1:2017/2018 (დათვლის მეთოდი)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6 Working Days</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campylobacter spp (quantitative)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ენ ისო 10272-2:2017/2018</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coagulase-positive staphylococci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 6888-1:2021/2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 6882-2:2021/2022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coagulase-positive staphylococci washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coliform bacteria in washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 4832:2009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coliforms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coliforms, E. coli (drinking water)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 9308-2:2012/2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of staphylococcal enterotoxins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VIDAS ტესტის გამოყენების ინსტრუქციის მიხედვით (ვალ.სსტ ისო 19020:2017/2019)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E. coli O 157:H7 (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7 SYSTEM Manual Page 15-19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E. coli (Escherichia coli) (drinking water)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 9308-1:2014/2014</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">4 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>E. coli O157:H7 (PCR) washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7SYSTEM Manual Page 15-19</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Enterobacter sakazakii </x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 22964:2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enterobacteriaceae</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 21528-2:2017/2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enterobacteriaceae (enteric bacteria) washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enterobactersakazakii (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7 SYSTEM Manual Page 20-22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enterococci</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 28566-90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fecal streptococcus St. faecalis – (drinking water)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDEXX ტექნოლოგია</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">2 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Listeria monocytogenes (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7 SYSTEM Manual Page 43-46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Listeria monocytogenes (qualitative)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 11290-1:2017/2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">6-10 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Listeria monocytogenes (quantitative)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 11290-2:2017/2017</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">5-9 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Listeria monocytogenes washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mesophilic aerobes and facultative anaerobes (drinking water)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო  6222 - 2008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mesophilic aerobic and facultative anaerobic microorganisms (drinking water)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDEXX HPC Quanti Tray მიხედვით</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molds and yeasts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 21527-1:2008/2014, სსტ ისო 21527-2:2008/2012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Number of aerobic microorganism colonies</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> სსტ ისო 4833-1:2013/2015 სსტ ისო 4833-2:2013/2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Number of aerobic microorganisms in washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 4833-1:2013/2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Presumptive B. cereus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISO 7932:2004</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Proteus spp. </x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 28560- 90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pseudomonas aeruginosa (drinking water)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 16266:2007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S.aureus  (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7 SYSTEM Manual Page 67-69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salmonella serotyping – (Typhimurium, Enteritidis)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო  6579-3:2014/2015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salmonella spp washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 6979-1:2017/2019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salmonella spp.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 6579-1:2017/2019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salmonella spp. (drinking water)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 19250:2010/2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salmonella spp. (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7 SYSTEM Manual Page 31-36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shigella spp (Shigella) washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 21567-:2004/2014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shigella spp.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 21567:2004/2014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shigella spp. (drinking water)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPA Standard Methods-9260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Streptococcus faecalis (drinking water)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 7899-2:2007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sulfite-reducing clostridia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 15213 : 2003/2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Total coliform bacteria (drinking water)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vibrio parahaemolitycus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 21872-1:2007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vibrio parahaemolitycus (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DuPont BAXQ7 SYSTEM Manual Page 70-73</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Molecular Biological Analysis </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> კიბოსნაირები - ყვითელი თავი  (YHV) - პათ.მასალა</x:t>
+  </x:si>
+  <x:si>
+    <x:t>პოლიმერაზული ჯაჭვური რეაქცია (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>African swine fever – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anaplasmosis – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anthrax – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anthrax (Siberian ulcer) – pathological material, environmental sample</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aujeszky’s disease – brain; nasal mucus; tissues (lung, tonsils)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avian bronchitis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avian Infectious Bronchitis</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">პოლიმერაზული ჯაჭვური რეაქცია (PCR) </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avian Infectious Bursal Disease (Gumboro)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bovine herpesvirus – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campylobacteriosis – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canine distemper – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chlamydiosis – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Classical swine fever – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contagious ecthyma of sheep – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coryza – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crimean-Congo hemorrhagic fever – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crustaceans – Taura syndrome virus (TSV) – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crustaceans – White Spot Syndrome (WSS) – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Avian Mycoplasma (Synoviae, Gallisepticum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Mycoplasma (Agalactiae, Mycoides)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epizootic hematopoietic necrosis (EHN) in fish – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Foot-and-Mouth Disease – Pathological Material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Highly pathogenic avian influenza (A, H5, H7) – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Honeybee nosematosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 sample (minimum 30 bees)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infectious bursal disease (IBD) in poultry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infectious hematopoietic necrosis virus (IHNV) in fish – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infectious pancreatic necrosis (IPN) in fish – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infectious salmon anemia (ISA) – pathological material of infectious salmon anemia virus (ISAV) with hemagglutinin-esterase protein (HPR)–negative genotype</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koi herpesvirus (KHV) in fish – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leptospirosis – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Listeriosis – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lumpy skin disease – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mollusks – infection with Bonamia exitiosa – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mollusks – infection with Bonamia ostreae – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mollusks – infection with Marteilia refringens – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mollusks – infection with Microcytos mackini – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mollusks – infection with Perkinsus marinus – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orthopoxvirus – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paramyxoviruses / Newcastle disease – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peste des petits ruminants – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q fever – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rinderpest – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salmonellosis – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sheep and goat pox – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tropilealapsis in bees</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tularemia – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viral hemorrhagic septicemia (VHS) in fish – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Molecular Biological Analysis; Microscopic Examination</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diagnosis of rabies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>პოლიმერაზული ჯაჭვური რეაქცია (PCR); ფლუორესცენტული ანტისხეულების ტესტი</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Parasitological Analysis </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arachnoids</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მიკროსკოპია (კომპრესორიუმით),  მიკროსკოპია</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dermatomycosis – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მიკროსკოპია</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of dysenteric amoebae and Giardia cysts in drinking water</x:t>
+  </x:si>
+  <x:si>
+    <x:t>კოაგულაციის მეთოდი მიკროსკოპია</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Helminths, protozoa – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">კოპროლოგია, მიკროსკოპია (კომპრესორიუმით), ბიოქიმია </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Identification of adult Culicoides species</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Identification of adult mosquito species</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Identification of mite species</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trichinosis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მიკროსკოპია, ბიოქიმია</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pathological Anatomy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animal pathological dissection</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 carcass</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გაკვეთა, პათ.ანატომიური დასკვნა</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avian pathological dissection</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 Sample (Up to one month old 1–10 wings)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 Sample (Up to one month old 1–5 wings)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Examination of pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fish pathological dissection</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1 Sample (1–10 pieces)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გაკვეთა, ნიმუშის აღება</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trepanation of an animal skull</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1 Skull </x:t>
+  </x:si>
+  <x:si>
+    <x:t>გაკვეთა</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trepanation of rodent and bat skulls</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Qualitative analysis of Food </x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 13496.12-98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acid Number</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 660:2020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acidity (Food and Animal Feed)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 27082-2014 გოსტ 3624-92 გოსტ 26180-84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acidity (Vegetable and Animal Oils and their Processing Products)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 31762-2012 გოსტ 32189-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alkalinity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 5898-87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 31727-2012 (ISO 936-1998)  გოსტ 32933-2014 (ISO   5984:2002)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ash Content</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ13496.14-75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carbamide (Urease)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 29113-91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crude Fiber</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 28553-90 (iso 5498-81)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Density Measurement </x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 3625-84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Excess water in frozen chicken and individual chicken parts</x:t>
+  </x:si>
+  <x:si>
+    <x:t>დადგენილება 340-ის მიხედვით</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of meat freshness (by the titration method)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 23392-78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of meat freshness (qualitative reaction)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Oxyproline (in minced meat and its products)</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 23041-2015</x:t>
   </x:si>
   <x:si>
-    <x:t>გოსტ 31727-2012 (ISO 936-1998)  გოსტ 32933-2014 (ISO   5984:2002)</x:t>
-[...2 lines deleted...]
-    <x:t>გოსტ 9793-74  გოსტ 7636-85</x:t>
+    <x:t>Determination of quality in wheat flour</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ფოტომეტრიული მეთოდი. CKИБ-M</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Sugars in Bakery Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 5672-68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Sugars in Dairy Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 3628-78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Sugars in Flour-based Confectionery Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 5903-89 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Sugars in Sugary Confectionery Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 5903-89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Table Salt (in the path. material)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ვეტერინარული სახელმძღვანელო</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Table Salt in Bread and Pastries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 5698-51 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Total Water Content in Frozen and Quick-frozen Chicken (including individual chicken parts) (chemical method)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 937:2008 სსტ ისო 1442:2008</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3-6 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Volatile Acids</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 25555.1-84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dry Gluten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 13586.1-2014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Value, Carbohydrates - in Milk, Dairy Products and Vegetable Oil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ბრძანება # 301, სან.წდან 2.3.1.000-00. დანართი #5 XII, პუნქტები 10-11</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">5-6 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Value, Carbohydrates in Food (except milk and dairy products) and Animal Feed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fat (in oil)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 32189:2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fat (milk, cheese, butter with additives, fermented milk products, dried milk, etc.)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 5867-90  გოსტ29247-91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fat in Food (excluding milk and dairy products) and in Animal Feed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 23042-2015 გოსტ 7636-85  გოსტ 13496.15-97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Free Fatty Acids</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 31469 - 2012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grinding Quality</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 13496.8-72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humidity, dry matter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 9793-74,  გოსტ 7636-85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iodine Number</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 5475-69  სსტ ისო 3961-2009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass Fraction of Bone Inclusions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 31466-2012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass Fraction of Bread in Meat Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 4288-76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass Fraction of Calcium</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 55573-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass Fraction of Calcium (Animal Feed)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 26570-95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass Fraction of Leaf and Coarse Material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 1936-85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass Fraction of Phosphorus (Animal Carcasses)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 26657-97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass Fraction of Table Salt (Animal Feed)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 13496.1-98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass Fraction of Table Salt (Food)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 9957-2015  გოსტ 7636-85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metallic-magnetic Impurities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 13496.9-96  გოსტ 14849-89 გოსტ 1936-85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nitrate (Fruits and Vegetables)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 29270-95; "эксперт-001"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nitrite (Meat and Meat Products)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 8558.1-78; სითხის ანალიზატორი "эксперт-001"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Number of Drops</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 3098-97 (ISO 3093-82)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peroxide Number</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ ISO 3960-2013 გოსტ 26593-85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>pH - Eggs and their Processing Products (Melange)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 31469-2012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Porosity (Bread and Bakery Products)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 5669-96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Protein (in dairy and dairy products, cereals, spices, meat, spicy foods, mayonnaises, tea, coffee, ready meals, sugary confectionery, honey, fish)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 23327-98  გოსტ 25011-81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quantitative and Qualitative Determination of Gluten</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 27839-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saponification Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 5480-59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scraps and Deformed Products (Pasta Products)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 14849-89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sedimentation (Fruits and Vegetables)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 8756.9-78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solubility (egg, coffee)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 31469-2012 გოსტ 32776-2014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volatile Nitrogen Bases</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 7636- 85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Water-soluble Extractives</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 28551-90 (ISO 1574-80)</x:t>
   </x:si>
   <x:si>
-    <x:t>გოსტ 31469-2012</x:t>
-[...74 lines deleted...]
-    <x:t>გოსტ 13496.12-98</x:t>
+    <x:t>Whiteness</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 26361-2013</x:t>
   </x:si>
   <x:si>
-    <x:t>გოსტ13496.14-75</x:t>
-[...68 lines deleted...]
-    <x:t>ფოტომეტრიული მეთოდი. CKИБ-M</x:t>
+    <x:t xml:space="preserve">Seed Quality Assessment </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of 1000-Seed Weight</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">გოსტ 12042–80; ISTA, თავი 10, წონის განსაზღვრა, 10-1 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seed Germination Test</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">გოსტ 12038–84; ISTA, თავი 5, აღმოცენების ტესტი, 5-1. </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">7-30 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seed Purity Test</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">გოსტ 12037–81; ISTA, თავი 3, სიწმინდის ანალიზი, 3-1 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serological Analysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>African swine fever – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ანტისხეულების აღმომჩენი ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (Ab‐ELISA)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anthrax – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antibodies Against Non-Structural Proteins (NSP) of Foot-and-Mouth Disease Virus in Blood (Serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Antibodies Against Structural Proteins (SP) of Foot-and-Mouth Disease Virus Serotypes (A, O, Asia 1, SAT2) in Blood Sample (Serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>თურქულის ვირუსის სეროტიპ ანტისხეულების აღმომჩენი მყარ ფაზიანი კონკურენტული ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bovine spongiform encephalopathy – scrapie, pathological material (brain)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ანტიგენის აღმომჩენი ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA-Ag)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brucellosis – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ფლუორესცენტული პოლარიზაციის ტესტი (FPA)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ანტისხეულების აღმოჩენა როზბენგალის რეაქცია (RBR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brucellosis – raw milk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>რძის რგოლური რეაქცია (MRR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brucellosis (Brucella abortus; Br. melitensis) – Raw Cow, Sheep, and Goat Milk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Canine distemper – dog blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Classical swine fever – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crimean-Congo hemorrhagic fever – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Foot-and-Mouth Disease Virus Antigen and Virus Serotyping (Types A, O, Asia 1, SAT1, SAT2). Sample: Pathological Material – Epithelial Vesicles; Vesicular Fluid.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>თურქულის ვირუსის ანტიგენის აღმომჩენი ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of Newcastle disease immune status – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equine infectious anemia – blood sample (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>აგარის გელში იმუნოდიფუზიის ტესტი (AGID)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Highly pathogenic avian influenza – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leishmaniasis – dog blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leptospirosis, mammals – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leukosis – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Peste des petits ruminants – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Post-vaccination brucellosis examination, small ruminants, blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q fever – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>იმუნოფლუორესცენტული ანტისხეულების ანალიზი (IFA)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quantitative Determination of Antibodies Against Structural Proteins (FMD SP) of Foot-and-Mouth Disease Virus Serotypes A, O, Asia 1, and SAT 2 by Dilutions. Sample: Blood (Serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>თურქულის ვირუსის A, O, Asia 1 და SAT 2 სეროტიპების სპეციფიკური ანტისხეულების აღმომჩენი მყარფაზიანი კონკურენტული ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rabies – post-vaccination immune status determination in carnivores, blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rinderpest in small ruminants – pathological material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ანტიგენის აღმომჩენი ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (Ag‐ ELISA)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Swine vesicular disease – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Soil Analysis for Harmful Organisms </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of Agrobacterium tumefaciens and A. vitis, the Causative Agents of Bacterial Crown Gall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of Guava Root-Knot Nematode (Meloidogyne enterolobii)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of Javanese Root-Knot Nematode (Meloidogyne javanica)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of Northern Root-Knot Nematode (Meloidogyne hapla)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of Peanut Root-Knot Nematode (Meloidogyne arenaria)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and Identification of Southern Root-Knot Nematode (Meloidogyne incognita)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Columbia Root-Knot Nematode (Meloidogyne chitwoodi) and False Columbia Root-Knot Nematode (Meloidogyne fallax)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of Potato Cyst Nematodes: Globodera rostochiensis (Golden Nematode) and Globodera pallida (Pale Nematode)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soil Bacteriological Analysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soil Entomological Analysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soil Mycological Analysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soil Phytohelminthological Analysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Species analysis of Plant and Animal Products </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of horse and donkey DNA by RT-PCR (qualitative) method</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of peanuts in food products</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO screening (in food products, animal feed, and plant material)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quantitative GMO analysis (in food products and animal feed)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Species identification of chicken meat in meat products</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი ELISA/ რეალურ დროში პოლიმერაზული ჯაჭვური რეაქცია (RT – PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Water</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISO 9963-1-1994; ISO 9963-2-1994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ammonia</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 33045-2014</x:t>
   </x:si>
   <x:si>
+    <x:t>Calcium ion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 6059-1984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chloride</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 4245-72</x:t>
+  </x:si>
+  <x:si>
     <x:t>სახელმძღვანელო "OAKTON"- ph/con510-სათვის</x:t>
   </x:si>
   <x:si>
-    <x:t>სსტ ისო 6059-1984</x:t>
+    <x:t>Iron Content</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 6332-1988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Magnesium ion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nitrate</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 7890-3:2003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nitrite</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სსტ ისო 6777:1984</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Organoleptic Characteristics (color, smell, taste)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 3351-74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Overall Hardness</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ  31954-201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Permanganate Oxidation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISO 8467-93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>სახელმძღვანელო "OAKTON"- ph/con510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Residual Chlorine</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 18190-72</x:t>
   </x:si>
   <x:si>
-    <x:t>სსტ ისო 7890-3:2003</x:t>
-[...14 lines deleted...]
-    <x:t>გოსტ  31954-201</x:t>
+    <x:t>Sulfation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გოსტ 31490-2012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Total Mineralization</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Turbidity</x:t>
   </x:si>
   <x:si>
     <x:t>სახელმძღვანელო "AL250T-IR"- სიმღვრივის მზომისათვის</x:t>
   </x:si>
   <x:si>
-    <x:t>გოსტ 31490-2012</x:t>
-[...293 lines deleted...]
-    <x:t>ინფრაწითელი სპექტრომეტრია, ანაერობული დეგრადაცია, PAS 9017:2020; ან ASTM D5511</x:t>
+    <x:t>X-ray Structural Analysis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Determination of metals (zinc, copper, nickel, cadmium, lead, mercury, chromium, molybdenum, selenium, arsenic) in plastic materials</x:t>
   </x:si>
   <x:si>
     <x:t>რენტგენო სტრუქტურული ანალიზი, ვალიდირებული მეთოდი R2922024-G</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>3 days</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -1053,3537 +2505,8691 @@
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:G432"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="20.195425" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="28.185425" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="60.800625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="167.090625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.005425" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.775425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.665425" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="112.740625" style="0" customWidth="1"/>
-    <x:col min="7" max="7" width="12.065425" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="77.130625" style="0" customWidth="1"/>
+    <x:col min="7" max="7" width="17.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
+      <x:c r="A2" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B2" s="0" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C2" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D2" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F2" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G2" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:7">
+      <x:c r="A3" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
-    </x:row>
-    <x:row r="3" spans="1:7">
+      <x:c r="B3" s="0" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C3" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D3" s="0" t="n">
-        <x:v>350</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G3" s="0" t="s">
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:7">
+      <x:c r="A4" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B4" s="0" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C4" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D4" s="0" t="n">
-        <x:v>175</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F4" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G4" s="0" t="s">
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
+      <x:c r="A5" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D5" s="0" t="n">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="F5" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
+      <x:c r="G5" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
+      <x:c r="A6" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D6" s="0" t="n">
-        <x:v>868</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F6" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G6" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:7">
+      <x:c r="A7" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C7" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D7" s="0" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="F7" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G7" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:7">
+      <x:c r="A8" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="C8" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D8" s="0" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F8" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G8" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
-    <x:row r="7" spans="1:7">
-[...14 lines deleted...]
-    </x:row>
     <x:row r="9" spans="1:7">
+      <x:c r="A9" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D9" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F9" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G9" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:7">
+      <x:c r="A10" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D10" s="0" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F10" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G10" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:7">
+      <x:c r="A11" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D11" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F11" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G11" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:7">
+      <x:c r="A12" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D12" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F12" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G12" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:7">
+      <x:c r="A13" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F13" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G13" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:7">
+      <x:c r="A14" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="n">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="F9" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D10" s="0" t="n">
+      <x:c r="F14" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="G14" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:7">
+      <x:c r="A15" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F15" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G15" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:7">
+      <x:c r="A16" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F16" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G16" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:7">
+      <x:c r="A17" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="n">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="F17" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G17" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:7">
+      <x:c r="A18" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="C18" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F18" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G18" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:7">
+      <x:c r="A19" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C19" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="n">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F19" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G19" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:7">
+      <x:c r="A20" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F20" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G20" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:7">
+      <x:c r="A21" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="F21" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G21" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:7">
+      <x:c r="A22" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F22" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G22" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:7">
+      <x:c r="A23" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="C23" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D23" s="0" t="n">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F23" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G23" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:7">
+      <x:c r="A24" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C24" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="n">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="F24" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G24" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:7">
+      <x:c r="A25" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C25" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F25" s="0" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="G25" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:7">
+      <x:c r="A26" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C26" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D26" s="0" t="n">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F26" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G26" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:7">
+      <x:c r="A27" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C27" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D27" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="F27" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G27" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:7">
+      <x:c r="A28" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C28" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D28" s="0" t="n">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="F28" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G28" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:7">
+      <x:c r="A29" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C29" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D29" s="0" t="n">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="F29" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G29" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:7">
+      <x:c r="A30" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C30" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D30" s="0" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F30" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G30" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:7">
+      <x:c r="A31" s="0" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C31" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F31" s="0" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="G31" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:7">
+      <x:c r="A32" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C32" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D32" s="0" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F32" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G32" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:7">
+      <x:c r="A33" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C33" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F33" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G33" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:7">
+      <x:c r="A34" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C34" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F34" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G34" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:7">
+      <x:c r="A35" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C35" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="n">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F35" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G35" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:7">
+      <x:c r="A36" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C36" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D36" s="0" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F36" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G36" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:7">
+      <x:c r="A37" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C37" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F37" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G37" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:7">
+      <x:c r="A38" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="C38" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F38" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G38" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:7">
+      <x:c r="A39" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C39" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F39" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G39" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C40" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F40" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G40" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C41" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D41" s="0" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F41" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G41" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C42" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D42" s="0" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="F42" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G42" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:7">
+      <x:c r="A43" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C43" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D43" s="0" t="n">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F43" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G43" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C44" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D44" s="0" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F44" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G44" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C45" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D45" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F45" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G45" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C46" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D46" s="0" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F46" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G46" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="C47" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D47" s="0" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F47" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G47" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F48" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="G48" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C49" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F49" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G49" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:7">
+      <x:c r="A50" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C50" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D50" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F50" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G50" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C51" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D51" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F51" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G51" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:7">
+      <x:c r="A52" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C52" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D52" s="0" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F52" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G52" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:7">
+      <x:c r="A53" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C53" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D53" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F53" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G53" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:7">
+      <x:c r="A54" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C54" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D54" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F54" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G54" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:7">
+      <x:c r="A55" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C55" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D55" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F55" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G55" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:7">
+      <x:c r="A56" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C56" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D56" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F56" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G56" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:7">
+      <x:c r="A57" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B57" s="0" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C57" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D57" s="0" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F57" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G57" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:7">
+      <x:c r="A58" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B58" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C58" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D58" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F58" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G58" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:7">
+      <x:c r="A59" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B59" s="0" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C59" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D59" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F59" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G59" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:7">
+      <x:c r="A60" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B60" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C60" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D60" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F60" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G60" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:7">
+      <x:c r="A61" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C61" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D61" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F61" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G61" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:7">
+      <x:c r="A62" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B62" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C62" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D62" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F62" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G62" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:7">
+      <x:c r="A63" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="C63" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D63" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F63" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G63" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:7">
+      <x:c r="A64" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="C64" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D64" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F64" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G64" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:7">
+      <x:c r="A65" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C65" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D65" s="0" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F65" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="G65" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:7">
+      <x:c r="A66" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B66" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C66" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D66" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F66" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G66" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:7">
+      <x:c r="A67" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B67" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C67" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D67" s="0" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F67" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G67" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:7">
+      <x:c r="A68" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B68" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C68" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D68" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F68" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G68" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:7">
+      <x:c r="A69" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B69" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C69" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D69" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F69" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G69" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:7">
+      <x:c r="A70" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C70" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D70" s="0" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F70" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G70" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:7">
+      <x:c r="A71" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B71" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C71" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="n">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="F71" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G71" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:7">
+      <x:c r="A72" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B72" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C72" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D72" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F72" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G72" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:7">
+      <x:c r="A73" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C73" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D73" s="0" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="F73" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G73" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:7">
+      <x:c r="A74" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B74" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C74" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D74" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F74" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G74" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:7">
+      <x:c r="A75" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B75" s="0" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C75" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D75" s="0" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F75" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G75" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:7">
+      <x:c r="A76" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B76" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C76" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D76" s="0" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F76" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G76" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:7">
+      <x:c r="A77" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B77" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C77" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D77" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F77" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G77" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:7">
+      <x:c r="A78" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B78" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="C78" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D78" s="0" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="F78" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G78" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:7">
+      <x:c r="A79" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B79" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C79" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D79" s="0" t="n">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="F79" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G79" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:7">
+      <x:c r="A80" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B80" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C80" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D80" s="0" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="F80" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G80" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:7">
+      <x:c r="A81" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B81" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C81" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D81" s="0" t="n">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="F81" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G81" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:7">
+      <x:c r="A82" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B82" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C82" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D82" s="0" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F82" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G82" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:7">
+      <x:c r="A83" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B83" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C83" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D83" s="0" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F83" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G83" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:7">
+      <x:c r="A84" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B84" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C84" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D84" s="0" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F84" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="G84" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:7">
+      <x:c r="A85" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B85" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C85" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D85" s="0" t="n">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="F85" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="G85" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:7">
+      <x:c r="A86" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B86" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C86" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D86" s="0" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F86" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G86" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:7">
+      <x:c r="A87" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B87" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C87" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F87" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G87" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:7">
+      <x:c r="A88" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B88" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C88" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D88" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F88" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G88" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:7">
+      <x:c r="A89" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B89" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C89" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D89" s="0" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="F89" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G89" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:7">
+      <x:c r="A90" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C90" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D90" s="0" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F90" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G90" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:7">
+      <x:c r="A91" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="C91" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F91" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G91" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:7">
+      <x:c r="A92" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C92" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="n">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F92" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G92" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:7">
+      <x:c r="A93" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C93" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G93" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:7">
+      <x:c r="A94" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C94" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D94" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F94" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G94" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:7">
+      <x:c r="A95" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C95" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F95" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G95" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:7">
+      <x:c r="A96" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C96" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F96" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G96" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:7">
+      <x:c r="A97" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="F10" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D11" s="0" t="n">
+      <x:c r="C97" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F97" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G97" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:7">
+      <x:c r="A98" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C98" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D98" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F98" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G98" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:7">
+      <x:c r="A99" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C99" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F99" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G99" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:7">
+      <x:c r="A100" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C100" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D100" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F100" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G100" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:7">
+      <x:c r="A101" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C101" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="F101" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G101" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:7">
+      <x:c r="A102" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C102" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D102" s="0" t="n">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="F102" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G102" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:7">
+      <x:c r="A103" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C103" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="F103" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G103" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:7">
+      <x:c r="A104" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C104" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="n">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="F104" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G104" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:7">
+      <x:c r="A105" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C105" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="n">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="F105" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G105" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:7">
+      <x:c r="A106" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C106" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D106" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F106" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="G106" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:7">
+      <x:c r="A107" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C107" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D107" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F107" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="G107" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:7">
+      <x:c r="A108" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C108" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D108" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F108" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="G108" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:7">
+      <x:c r="A109" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C109" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D109" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F109" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="G109" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:7">
+      <x:c r="A110" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B110" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C110" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D110" s="0" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F110" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F11" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D12" s="0" t="n">
+      <x:c r="G110" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:7">
+      <x:c r="A111" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B111" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C111" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D111" s="0" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F111" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="G111" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:7">
+      <x:c r="A112" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B112" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C112" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D112" s="0" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="F112" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="G112" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:7">
+      <x:c r="A113" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B113" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="C113" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="G113" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:7">
+      <x:c r="A114" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B114" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C114" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D114" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F114" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="G114" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:7">
+      <x:c r="A115" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B115" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C115" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D115" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F115" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="G115" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="F12" s="0" t="s">
-[...20 lines deleted...]
-      <x:c r="D15" s="0" t="n">
+    </x:row>
+    <x:row r="116" spans="1:7">
+      <x:c r="A116" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B116" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C116" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D116" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F116" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="G116" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:7">
+      <x:c r="A117" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B117" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C117" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D117" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F117" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="G117" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:7">
+      <x:c r="A118" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B118" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C118" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D118" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F118" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="G118" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:7">
+      <x:c r="A119" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C119" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D119" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="F119" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="G119" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:7">
+      <x:c r="A120" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C120" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D120" s="0" t="n">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="F120" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="G120" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:7">
+      <x:c r="A121" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="B121" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C121" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D121" s="0" t="n">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="F121" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="G121" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:7">
+      <x:c r="A122" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B122" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C122" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D122" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F122" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="G122" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:7">
+      <x:c r="A123" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B123" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="F15" s="0" t="s">
-[...39 lines deleted...]
-      <x:c r="F20" s="0" t="s">
+      <x:c r="C123" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D123" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F123" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="G123" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:7">
+      <x:c r="A124" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C124" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D124" s="0" t="n">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="F124" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="G124" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:7">
+      <x:c r="A125" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B125" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C125" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D125" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F125" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="G125" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:7">
+      <x:c r="A126" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B126" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C126" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D126" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F126" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="G126" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:7">
+      <x:c r="A127" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B127" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C127" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D127" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F127" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="G127" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:7">
+      <x:c r="A128" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B128" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C128" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D128" s="0" t="n">
         <x:v>20</x:v>
       </x:c>
-    </x:row>
-[...859 lines deleted...]
-      </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="G128" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
+      <x:c r="A129" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B129" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C129" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D129" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="G129" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
+      <x:c r="A130" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B130" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C130" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D130" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="G130" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
+      <x:c r="A131" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B131" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C131" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D131" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="G131" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
+      <x:c r="A132" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B132" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C132" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D132" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="G132" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
+      <x:c r="A133" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B133" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C133" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D133" s="0" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="G133" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
+      <x:c r="A134" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B134" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C134" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D134" s="0" t="n">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="F134" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="G134" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:7">
+      <x:c r="A135" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B135" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C135" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D135" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F135" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="G135" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:7">
+      <x:c r="A136" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B136" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C136" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D136" s="0" t="n">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="F134" s="0" t="s">
-[...14 lines deleted...]
-      </x:c>
       <x:c r="F136" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="G136" s="0" t="s">
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
+      <x:c r="A137" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C137" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D137" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F137" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="G137" s="0" t="s">
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
+      <x:c r="A138" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B138" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C138" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D138" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="G138" s="0" t="s">
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
+      <x:c r="A139" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B139" s="0" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C139" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D139" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="G139" s="0" t="s">
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
+      <x:c r="A140" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C140" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D140" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G140" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
+      <x:c r="A141" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B141" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C141" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D141" s="0" t="n">
-        <x:v>43</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G141" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
+      <x:c r="A142" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B142" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C142" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D142" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="G142" s="0" t="s">
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
+      <x:c r="A143" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B143" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C143" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D143" s="0" t="n">
-        <x:v>130</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="G143" s="0" t="s">
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
+      <x:c r="A144" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B144" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C144" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D144" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="G144" s="0" t="s">
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
+      <x:c r="A145" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B145" s="0" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C145" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D145" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>5255</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="G145" s="0" t="s">
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
+      <x:c r="A146" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B146" s="0" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C146" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D146" s="0" t="n">
-        <x:v>80</x:v>
+        <x:v>1455</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="G146" s="0" t="s">
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
+      <x:c r="A147" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B147" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C147" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D147" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="G147" s="0" t="s">
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
+      <x:c r="A148" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B148" s="0" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C148" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D148" s="0" t="n">
-        <x:v>84</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="G148" s="0" t="s">
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
+      <x:c r="A149" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B149" s="0" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C149" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D149" s="0" t="n">
-        <x:v>55</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="G149" s="0" t="s">
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
+      <x:c r="A150" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B150" s="0" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C150" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D150" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="G150" s="0" t="s">
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
+      <x:c r="A151" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B151" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C151" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D151" s="0" t="n">
-        <x:v>41</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G151" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
+      <x:c r="A152" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B152" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C152" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D152" s="0" t="n">
-        <x:v>41</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="G152" s="0" t="s">
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
+      <x:c r="A153" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B153" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C153" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D153" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>5265</x:v>
       </x:c>
       <x:c r="F153" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="G153" s="0" t="s">
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
+      <x:c r="A154" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B154" s="0" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C154" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D154" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F154" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G154" s="0" t="s">
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
+      <x:c r="A155" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B155" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C155" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D155" s="0" t="n">
-        <x:v>101</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="G155" s="0" t="s">
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
+      <x:c r="A156" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B156" s="0" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C156" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D156" s="0" t="n">
-        <x:v>127</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="G156" s="0" t="s">
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
+      <x:c r="A157" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B157" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C157" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
       <x:c r="D157" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="G157" s="0" t="s">
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
+      <x:c r="A158" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B158" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C158" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
       <x:c r="D158" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="G158" s="0" t="s">
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
+      <x:c r="A159" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B159" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C159" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
       <x:c r="D159" s="0" t="n">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F159" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="G159" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:7">
+      <x:c r="A160" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B160" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C160" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D160" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F160" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="G160" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:7">
+      <x:c r="A161" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B161" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C161" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D161" s="0" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F161" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="G161" s="0" t="s">
+        <x:v>257</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:7">
+      <x:c r="A162" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B162" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="C162" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D162" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F162" s="0" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="G162" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:7">
+      <x:c r="A163" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B163" s="0" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C163" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D163" s="0" t="n">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="F163" s="0" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="G163" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:7">
+      <x:c r="A164" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B164" s="0" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C164" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D164" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="F164" s="0" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="G164" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:7">
+      <x:c r="A165" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B165" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C165" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D165" s="0" t="n">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="F165" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="G165" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:7">
+      <x:c r="A166" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B166" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C166" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D166" s="0" t="n">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="F166" s="0" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="G166" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:7">
+      <x:c r="A167" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B167" s="0" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C167" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D167" s="0" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="F167" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="G167" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:7">
+      <x:c r="A168" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B168" s="0" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C168" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D168" s="0" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="F168" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="G168" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:7">
+      <x:c r="A169" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B169" s="0" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C169" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D169" s="0" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F169" s="0" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="G169" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:7">
+      <x:c r="A170" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B170" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C170" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D170" s="0" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="F170" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="G170" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:7">
+      <x:c r="A171" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B171" s="0" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C171" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D171" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F171" s="0" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="G171" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:7">
+      <x:c r="A172" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B172" s="0" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C172" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D172" s="0" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F172" s="0" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="G172" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:7">
+      <x:c r="A173" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B173" s="0" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C173" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D173" s="0" t="n">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F173" s="0" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="G173" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:7">
+      <x:c r="A174" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B174" s="0" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C174" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D174" s="0" t="n">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="F174" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G174" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:7">
+      <x:c r="A175" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B175" s="0" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C175" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D175" s="0" t="n">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="F175" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="G175" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:7">
+      <x:c r="A176" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B176" s="0" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C176" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D176" s="0" t="n">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="F176" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="G176" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:7">
+      <x:c r="A177" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B177" s="0" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C177" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D177" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F177" s="0" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="G177" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:7">
+      <x:c r="A178" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B178" s="0" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C178" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D178" s="0" t="n">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="F178" s="0" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="G178" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:7">
+      <x:c r="A179" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B179" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C179" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D179" s="0" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F179" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="G179" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:7">
+      <x:c r="A180" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B180" s="0" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C180" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D180" s="0" t="n">
+        <x:v>4925</x:v>
+      </x:c>
+      <x:c r="F180" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="G180" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:7">
+      <x:c r="A181" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B181" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C181" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D181" s="0" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F181" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G181" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:7">
+      <x:c r="A182" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B182" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C182" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D182" s="0" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F182" s="0" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="G182" s="0" t="s">
+        <x:v>260</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:7">
+      <x:c r="A183" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B183" s="0" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C183" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D183" s="0" t="n">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="F183" s="0" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="G183" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:7">
+      <x:c r="A184" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B184" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C184" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D184" s="0" t="n">
+        <x:v>868</x:v>
+      </x:c>
+      <x:c r="F184" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="G184" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:7">
+      <x:c r="A185" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B185" s="0" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="C185" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D185" s="0" t="n">
+        <x:v>1055</x:v>
+      </x:c>
+      <x:c r="F185" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="G185" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:7">
+      <x:c r="A186" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B186" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C186" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D186" s="0" t="n">
+        <x:v>4845</x:v>
+      </x:c>
+      <x:c r="F186" s="0" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="G186" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:7">
+      <x:c r="A187" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B187" s="0" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C187" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D187" s="0" t="n">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="F187" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G187" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:7">
+      <x:c r="A188" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B188" s="0" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C188" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D188" s="0" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F188" s="0" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="G188" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:7">
+      <x:c r="A189" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B189" s="0" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C189" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D189" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F189" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="G189" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:7">
+      <x:c r="A190" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B190" s="0" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="C190" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D190" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F190" s="0" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="G190" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:7">
+      <x:c r="A191" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B191" s="0" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C191" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D191" s="0" t="n">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F191" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="G191" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:7">
+      <x:c r="A192" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B192" s="0" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="C192" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D192" s="0" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F192" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="G192" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:7">
+      <x:c r="A193" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B193" s="0" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C193" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D193" s="0" t="n">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="F193" s="0" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="G193" s="0" t="s">
+        <x:v>229</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="194" spans="1:7">
+      <x:c r="A194" s="0" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="B194" s="0" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C194" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D194" s="0" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F194" s="0" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="G194" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="195" spans="1:7">
+      <x:c r="A195" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B195" s="0" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C195" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D195" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F195" s="0" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="G195" s="0" t="s">
+        <x:v>318</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="196" spans="1:7">
+      <x:c r="A196" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B196" s="0" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C196" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D196" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F196" s="0" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="G196" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="197" spans="1:7">
+      <x:c r="A197" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C197" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D197" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F197" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="G197" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="198" spans="1:7">
+      <x:c r="A198" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B198" s="0" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C198" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D198" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F198" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="G198" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="199" spans="1:7">
+      <x:c r="A199" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B199" s="0" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C199" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D199" s="0" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F199" s="0" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="G199" s="0" t="s">
+        <x:v>326</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="200" spans="1:7">
+      <x:c r="A200" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B200" s="0" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C200" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D200" s="0" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="F200" s="0" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="G200" s="0" t="s">
+        <x:v>326</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="201" spans="1:7">
+      <x:c r="A201" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B201" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C201" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D201" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F201" s="0" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="G201" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="202" spans="1:7">
+      <x:c r="A202" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B202" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C202" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D202" s="0" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F202" s="0" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="G202" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="203" spans="1:7">
+      <x:c r="A203" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B203" s="0" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C203" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D203" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F203" s="0" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="G203" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="204" spans="1:7">
+      <x:c r="A204" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B204" s="0" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="C204" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D204" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F204" s="0" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="G204" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="205" spans="1:7">
+      <x:c r="A205" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B205" s="0" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C205" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D205" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F205" s="0" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="G205" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="206" spans="1:7">
+      <x:c r="A206" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B206" s="0" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C206" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D206" s="0" t="n">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="F206" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="G206" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="207" spans="1:7">
+      <x:c r="A207" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B207" s="0" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C207" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D207" s="0" t="n">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="F207" s="0" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="G207" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="208" spans="1:7">
+      <x:c r="A208" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B208" s="0" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C208" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D208" s="0" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F208" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="G208" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="209" spans="1:7">
+      <x:c r="A209" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B209" s="0" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C209" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D209" s="0" t="n">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F209" s="0" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="G209" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="210" spans="1:7">
+      <x:c r="A210" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B210" s="0" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C210" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D210" s="0" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F210" s="0" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="G210" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="211" spans="1:7">
+      <x:c r="A211" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B211" s="0" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C211" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D211" s="0" t="n">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F211" s="0" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="G211" s="0" t="s">
+        <x:v>326</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="212" spans="1:7">
+      <x:c r="A212" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B212" s="0" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C212" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D212" s="0" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F212" s="0" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="G212" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="213" spans="1:7">
+      <x:c r="A213" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B213" s="0" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C213" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D213" s="0" t="n">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="F213" s="0" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="G213" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="214" spans="1:7">
+      <x:c r="A214" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B214" s="0" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C214" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D214" s="0" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F214" s="0" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="G214" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="215" spans="1:7">
+      <x:c r="A215" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B215" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C215" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D215" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F215" s="0" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="G215" s="0" t="s">
+        <x:v>326</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="216" spans="1:7">
+      <x:c r="A216" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B216" s="0" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="C216" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D216" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F216" s="0" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="G216" s="0" t="s">
+        <x:v>358</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="217" spans="1:7">
+      <x:c r="A217" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B217" s="0" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C217" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D217" s="0" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F217" s="0" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="G217" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="218" spans="1:7">
+      <x:c r="A218" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B218" s="0" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C218" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D218" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F218" s="0" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="G218" s="0" t="s">
+        <x:v>363</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="219" spans="1:7">
+      <x:c r="A219" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B219" s="0" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="C219" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D219" s="0" t="n">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="F219" s="0" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="G219" s="0" t="s">
+        <x:v>366</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="220" spans="1:7">
+      <x:c r="A220" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B220" s="0" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C220" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D220" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F220" s="0" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="G220" s="0" t="s">
+        <x:v>363</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="221" spans="1:7">
+      <x:c r="A221" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B221" s="0" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C221" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D221" s="0" t="n">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F221" s="0" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="G221" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="222" spans="1:7">
+      <x:c r="A222" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B222" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C222" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D222" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F222" s="0" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="G222" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="223" spans="1:7">
+      <x:c r="A223" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B223" s="0" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="C223" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D223" s="0" t="n">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="F223" s="0" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="G223" s="0" t="s">
+        <x:v>326</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="224" spans="1:7">
+      <x:c r="A224" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B224" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="C224" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D224" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F224" s="0" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="G224" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="225" spans="1:7">
+      <x:c r="A225" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B225" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="C225" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D225" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F225" s="0" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="G225" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="226" spans="1:7">
+      <x:c r="A226" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B226" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="C226" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D226" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F226" s="0" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="G226" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="227" spans="1:7">
+      <x:c r="A227" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B227" s="0" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="C227" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D227" s="0" t="n">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="F227" s="0" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="G227" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="228" spans="1:7">
+      <x:c r="A228" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B228" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="C228" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D228" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F228" s="0" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="G228" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="229" spans="1:7">
+      <x:c r="A229" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B229" s="0" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="C229" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D229" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F229" s="0" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="G229" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="230" spans="1:7">
+      <x:c r="A230" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B230" s="0" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C230" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D230" s="0" t="n">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="F159" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D160" s="0" t="n">
+      <x:c r="F230" s="0" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="G230" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="231" spans="1:7">
+      <x:c r="A231" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B231" s="0" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C231" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D231" s="0" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F231" s="0" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="G231" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="232" spans="1:7">
+      <x:c r="A232" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B232" s="0" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C232" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D232" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="F160" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D161" s="0" t="n">
+      <x:c r="F232" s="0" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="G232" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="233" spans="1:7">
+      <x:c r="A233" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B233" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C233" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D233" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="F161" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D162" s="0" t="n">
+      <x:c r="F233" s="0" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="G233" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="234" spans="1:7">
+      <x:c r="A234" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B234" s="0" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="C234" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D234" s="0" t="n">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="F162" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D163" s="0" t="n">
+      <x:c r="F234" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="G234" s="0" t="s">
+        <x:v>11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="235" spans="1:7">
+      <x:c r="A235" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B235" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C235" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D235" s="0" t="n">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F163" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D164" s="0" t="n">
+      <x:c r="F235" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="G235" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="236" spans="1:7">
+      <x:c r="A236" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B236" s="0" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="C236" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D236" s="0" t="n">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="F164" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D165" s="0" t="n">
+      <x:c r="F236" s="0" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="G236" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="237" spans="1:7">
+      <x:c r="A237" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B237" s="0" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="C237" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D237" s="0" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F237" s="0" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="G237" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="238" spans="1:7">
+      <x:c r="A238" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B238" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C238" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D238" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="F165" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D166" s="0" t="n">
+      <x:c r="F238" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="G238" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="239" spans="1:7">
+      <x:c r="A239" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B239" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C239" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D239" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F239" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="G239" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="240" spans="1:7">
+      <x:c r="A240" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B240" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C240" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D240" s="0" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F240" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="G240" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="241" spans="1:7">
+      <x:c r="A241" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B241" s="0" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C241" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D241" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F241" s="0" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="G241" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="242" spans="1:7">
+      <x:c r="A242" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B242" s="0" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="C242" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D242" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F242" s="0" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="G242" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="243" spans="1:7">
+      <x:c r="A243" s="0" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="B243" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C243" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D243" s="0" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F243" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="G243" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="244" spans="1:7">
+      <x:c r="A244" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B244" s="0" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C244" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D244" s="0" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="F244" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G244" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="245" spans="1:7">
+      <x:c r="A245" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B245" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="C245" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D245" s="0" t="n">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="F245" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G245" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="246" spans="1:7">
+      <x:c r="A246" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B246" s="0" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C246" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D246" s="0" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F246" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G246" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="247" spans="1:7">
+      <x:c r="A247" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B247" s="0" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="C247" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D247" s="0" t="n">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="F247" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G247" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="248" spans="1:7">
+      <x:c r="A248" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B248" s="0" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="C248" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D248" s="0" t="n">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="F248" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G248" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="249" spans="1:7">
+      <x:c r="A249" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B249" s="0" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C249" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D249" s="0" t="n">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="F249" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G249" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="250" spans="1:7">
+      <x:c r="A250" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B250" s="0" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="C250" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D250" s="0" t="n">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="F250" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G250" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="251" spans="1:7">
+      <x:c r="A251" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B251" s="0" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="C251" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D251" s="0" t="n">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="F251" s="0" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="G251" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="252" spans="1:7">
+      <x:c r="A252" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B252" s="0" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="C252" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D252" s="0" t="n">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="F252" s="0" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="G252" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="253" spans="1:7">
+      <x:c r="A253" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B253" s="0" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="C253" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D253" s="0" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F253" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G253" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="254" spans="1:7">
+      <x:c r="A254" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B254" s="0" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="C254" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D254" s="0" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F254" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G254" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="255" spans="1:7">
+      <x:c r="A255" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B255" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="C255" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D255" s="0" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F255" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G255" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="256" spans="1:7">
+      <x:c r="A256" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B256" s="0" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="C256" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D256" s="0" t="n">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="F256" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G256" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="257" spans="1:7">
+      <x:c r="A257" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B257" s="0" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C257" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D257" s="0" t="n">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="F257" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G257" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="258" spans="1:7">
+      <x:c r="A258" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B258" s="0" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="C258" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D258" s="0" t="n">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="F258" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G258" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="259" spans="1:7">
+      <x:c r="A259" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B259" s="0" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="C259" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D259" s="0" t="n">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="F259" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G259" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="260" spans="1:7">
+      <x:c r="A260" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B260" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="C260" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D260" s="0" t="n">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="F260" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G260" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="261" spans="1:7">
+      <x:c r="A261" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B261" s="0" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="C261" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D261" s="0" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="F261" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G261" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="262" spans="1:7">
+      <x:c r="A262" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B262" s="0" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="C262" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D262" s="0" t="n">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="F262" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G262" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="263" spans="1:7">
+      <x:c r="A263" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B263" s="0" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C263" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D263" s="0" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F263" s="0" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="G263" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="264" spans="1:7">
+      <x:c r="A264" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B264" s="0" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="C264" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D264" s="0" t="n">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F264" s="0" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="G264" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="265" spans="1:7">
+      <x:c r="A265" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B265" s="0" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C265" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D265" s="0" t="n">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="F265" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G265" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="266" spans="1:7">
+      <x:c r="A266" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B266" s="0" t="s">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="C266" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D266" s="0" t="n">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="F266" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G266" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="267" spans="1:7">
+      <x:c r="A267" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B267" s="0" t="s">
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="C267" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D267" s="0" t="n">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="F267" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G267" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="268" spans="1:7">
+      <x:c r="A268" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B268" s="0" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="C268" s="0" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="D268" s="0" t="n">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="F268" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G268" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="269" spans="1:7">
+      <x:c r="A269" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B269" s="0" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="C269" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D269" s="0" t="n">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="F166" s="0" t="s">
-[...822 lines deleted...]
-      </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G269" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:7">
+      <x:c r="A270" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B270" s="0" t="s">
+        <x:v>441</x:v>
+      </x:c>
+      <x:c r="C270" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D270" s="0" t="n">
-        <x:v>103</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G270" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:7">
+      <x:c r="A271" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B271" s="0" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="C271" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D271" s="0" t="n">
-        <x:v>122</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G271" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:7">
+      <x:c r="A272" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B272" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="C272" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D272" s="0" t="n">
-        <x:v>197</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G272" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:7">
+      <x:c r="A273" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B273" s="0" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="C273" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D273" s="0" t="n">
-        <x:v>197</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G273" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:7">
+      <x:c r="A274" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B274" s="0" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C274" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D274" s="0" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G274" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:7">
+      <x:c r="A275" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B275" s="0" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C275" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D275" s="0" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G275" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:7">
+      <x:c r="A276" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B276" s="0" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="C276" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="D276" s="0" t="n">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="F276" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G276" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="277" spans="1:7">
+      <x:c r="A277" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B277" s="0" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C277" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D277" s="0" t="n">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F277" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G277" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="278" spans="1:7">
+      <x:c r="A278" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B278" s="0" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C278" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D278" s="0" t="n">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F278" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G278" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="279" spans="1:7">
+      <x:c r="A279" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B279" s="0" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C279" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D279" s="0" t="n">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F279" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G279" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="280" spans="1:7">
+      <x:c r="A280" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B280" s="0" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="C280" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D280" s="0" t="n">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F280" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G280" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="281" spans="1:7">
+      <x:c r="A281" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B281" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C281" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D281" s="0" t="n">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="F281" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G281" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="282" spans="1:7">
+      <x:c r="A282" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B282" s="0" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="C282" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D282" s="0" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="F282" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G282" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="283" spans="1:7">
+      <x:c r="A283" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B283" s="0" t="s">
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="C283" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D283" s="0" t="n">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="F283" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G283" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="284" spans="1:7">
+      <x:c r="A284" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B284" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="C284" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D284" s="0" t="n">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="F284" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G284" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="285" spans="1:7">
+      <x:c r="A285" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B285" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C285" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D285" s="0" t="n">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F285" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G285" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="286" spans="1:7">
+      <x:c r="A286" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B286" s="0" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="C286" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D286" s="0" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F286" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G286" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="287" spans="1:7">
+      <x:c r="A287" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B287" s="0" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C287" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D287" s="0" t="n">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="F276" s="0" t="s">
-[...28 lines deleted...]
-      <x:c r="D280" s="0" t="n">
+      <x:c r="F287" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G287" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="288" spans="1:7">
+      <x:c r="A288" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B288" s="0" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="C288" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D288" s="0" t="n">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="F288" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G288" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="289" spans="1:7">
+      <x:c r="A289" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B289" s="0" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="C289" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D289" s="0" t="n">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="F289" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G289" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="290" spans="1:7">
+      <x:c r="A290" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B290" s="0" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="C290" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D290" s="0" t="n">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="F290" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G290" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="291" spans="1:7">
+      <x:c r="A291" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B291" s="0" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="C291" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D291" s="0" t="n">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="F291" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="G291" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="292" spans="1:7">
+      <x:c r="A292" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="B292" s="0" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C292" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D292" s="0" t="n">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="F280" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D281" s="0" t="n">
+      <x:c r="F292" s="0" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="G292" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="293" spans="1:7">
+      <x:c r="A293" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="B293" s="0" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="C293" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D293" s="0" t="n">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="F281" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D282" s="0" t="n">
+      <x:c r="F293" s="0" t="s">
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="G293" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="294" spans="1:7">
+      <x:c r="A294" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B294" s="0" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="C294" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D294" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F294" s="0" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="G294" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="295" spans="1:7">
+      <x:c r="A295" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B295" s="0" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="C295" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D295" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F295" s="0" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="G295" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="296" spans="1:7">
+      <x:c r="A296" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B296" s="0" t="s">
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="C296" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D296" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F296" s="0" t="s">
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="G296" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="297" spans="1:7">
+      <x:c r="A297" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B297" s="0" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="C297" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D297" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F297" s="0" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="G297" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="298" spans="1:7">
+      <x:c r="A298" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B298" s="0" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="C298" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D298" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F298" s="0" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="G298" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="299" spans="1:7">
+      <x:c r="A299" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B299" s="0" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="C299" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D299" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F299" s="0" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="G299" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="300" spans="1:7">
+      <x:c r="A300" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B300" s="0" t="s">
+        <x:v>477</x:v>
+      </x:c>
+      <x:c r="C300" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D300" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F300" s="0" t="s">
+        <x:v>470</x:v>
+      </x:c>
+      <x:c r="G300" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="301" spans="1:7">
+      <x:c r="A301" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="B301" s="0" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="C301" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D301" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F301" s="0" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="G301" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="302" spans="1:7">
+      <x:c r="A302" s="0" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B302" s="0" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="C302" s="0" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="D302" s="0" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F302" s="0" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="G302" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="303" spans="1:7">
+      <x:c r="A303" s="0" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B303" s="0" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C303" s="0" t="s">
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="D303" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F303" s="0" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="G303" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="304" spans="1:7">
+      <x:c r="A304" s="0" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B304" s="0" t="s">
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C304" s="0" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="D304" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F304" s="0" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="G304" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="305" spans="1:7">
+      <x:c r="A305" s="0" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B305" s="0" t="s">
+        <x:v>487</x:v>
+      </x:c>
+      <x:c r="C305" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D305" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F305" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="G305" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="306" spans="1:7">
+      <x:c r="A306" s="0" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B306" s="0" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="C306" s="0" t="s">
+        <x:v>489</x:v>
+      </x:c>
+      <x:c r="D306" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F306" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="G306" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="307" spans="1:7">
+      <x:c r="A307" s="0" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B307" s="0" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="C307" s="0" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="D307" s="0" t="n">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F307" s="0" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="G307" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="308" spans="1:7">
+      <x:c r="A308" s="0" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="B308" s="0" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="C308" s="0" t="s">
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="D308" s="0" t="n">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F308" s="0" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="G308" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="309" spans="1:7">
+      <x:c r="A309" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="D309" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F309" s="0" t="s">
+        <x:v>496</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="310" spans="1:7">
+      <x:c r="A310" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B310" s="0" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C310" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D310" s="0" t="n">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="F310" s="0" t="s">
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="G310" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="311" spans="1:7">
+      <x:c r="A311" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B311" s="0" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C311" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D311" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F311" s="0" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="G311" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="312" spans="1:7">
+      <x:c r="A312" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B312" s="0" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="C312" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D312" s="0" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F312" s="0" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="G312" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="313" spans="1:7">
+      <x:c r="A313" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B313" s="0" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C313" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D313" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F313" s="0" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="G313" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="314" spans="1:7">
+      <x:c r="A314" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B314" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C314" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D314" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F314" s="0" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="G314" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="315" spans="1:7">
+      <x:c r="A315" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B315" s="0" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="C315" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D315" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F315" s="0" t="s">
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="G315" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="316" spans="1:7">
+      <x:c r="A316" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B316" s="0" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="C316" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D316" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F316" s="0" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="G316" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="317" spans="1:7">
+      <x:c r="A317" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B317" s="0" t="s">
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="C317" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D317" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F317" s="0" t="s">
+        <x:v>511</x:v>
+      </x:c>
+      <x:c r="G317" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="318" spans="1:7">
+      <x:c r="A318" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B318" s="0" t="s">
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="C318" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D318" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F318" s="0" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="G318" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="319" spans="1:7">
+      <x:c r="A319" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B319" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="C319" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D319" s="0" t="n">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F319" s="0" t="s">
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="G319" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="320" spans="1:7">
+      <x:c r="A320" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B320" s="0" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="C320" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D320" s="0" t="n">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F320" s="0" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="G320" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="321" spans="1:7">
+      <x:c r="A321" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B321" s="0" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="C321" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D321" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F321" s="0" t="s">
+        <x:v>517</x:v>
+      </x:c>
+      <x:c r="G321" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="322" spans="1:7">
+      <x:c r="A322" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B322" s="0" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="C322" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D322" s="0" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F322" s="0" t="s">
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="G322" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="323" spans="1:7">
+      <x:c r="A323" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B323" s="0" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="C323" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D323" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F323" s="0" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="G323" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="324" spans="1:7">
+      <x:c r="A324" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B324" s="0" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="C324" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D324" s="0" t="n">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F324" s="0" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="G324" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="325" spans="1:7">
+      <x:c r="A325" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B325" s="0" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="C325" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D325" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F325" s="0" t="s">
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="G325" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="326" spans="1:7">
+      <x:c r="A326" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B326" s="0" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C326" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D326" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F326" s="0" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="G326" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="327" spans="1:7">
+      <x:c r="A327" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B327" s="0" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="C327" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D327" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F327" s="0" t="s">
+        <x:v>530</x:v>
+      </x:c>
+      <x:c r="G327" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="328" spans="1:7">
+      <x:c r="A328" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B328" s="0" t="s">
+        <x:v>531</x:v>
+      </x:c>
+      <x:c r="C328" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D328" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F328" s="0" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="G328" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="329" spans="1:7">
+      <x:c r="A329" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B329" s="0" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="C329" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D329" s="0" t="n">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F329" s="0" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="G329" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="330" spans="1:7">
+      <x:c r="A330" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B330" s="0" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="C330" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D330" s="0" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F330" s="0" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="G330" s="0" t="s">
+        <x:v>537</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="331" spans="1:7">
+      <x:c r="A331" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B331" s="0" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="C331" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D331" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F331" s="0" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="G331" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="332" spans="1:7">
+      <x:c r="A332" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B332" s="0" t="s">
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="C332" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D332" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F332" s="0" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="G332" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="333" spans="1:7">
+      <x:c r="A333" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B333" s="0" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="C333" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D333" s="0" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="F333" s="0" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="G333" s="0" t="s">
+        <x:v>544</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="334" spans="1:7">
+      <x:c r="A334" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B334" s="0" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="C334" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D334" s="0" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="F334" s="0" t="s">
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="G334" s="0" t="s">
+        <x:v>318</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="335" spans="1:7">
+      <x:c r="A335" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B335" s="0" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="C335" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D335" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F335" s="0" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="G335" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="336" spans="1:7">
+      <x:c r="A336" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B336" s="0" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C336" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D336" s="0" t="n">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="F336" s="0" t="s">
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="G336" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="337" spans="1:7">
+      <x:c r="A337" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B337" s="0" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="C337" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D337" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F337" s="0" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="G337" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="338" spans="1:7">
+      <x:c r="A338" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B338" s="0" t="s">
+        <x:v>552</x:v>
+      </x:c>
+      <x:c r="C338" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D338" s="0" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F338" s="0" t="s">
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="G338" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="339" spans="1:7">
+      <x:c r="A339" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B339" s="0" t="s">
+        <x:v>554</x:v>
+      </x:c>
+      <x:c r="C339" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D339" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F339" s="0" t="s">
+        <x:v>555</x:v>
+      </x:c>
+      <x:c r="G339" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="340" spans="1:7">
+      <x:c r="A340" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B340" s="0" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="C340" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D340" s="0" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F340" s="0" t="s">
+        <x:v>557</x:v>
+      </x:c>
+      <x:c r="G340" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="341" spans="1:7">
+      <x:c r="A341" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B341" s="0" t="s">
+        <x:v>558</x:v>
+      </x:c>
+      <x:c r="C341" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D341" s="0" t="n">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F341" s="0" t="s">
+        <x:v>559</x:v>
+      </x:c>
+      <x:c r="G341" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="342" spans="1:7">
+      <x:c r="A342" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B342" s="0" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="C342" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D342" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F342" s="0" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="G342" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="343" spans="1:7">
+      <x:c r="A343" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B343" s="0" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="C343" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D343" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F343" s="0" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="G343" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="344" spans="1:7">
+      <x:c r="A344" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B344" s="0" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="C344" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D344" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F344" s="0" t="s">
+        <x:v>565</x:v>
+      </x:c>
+      <x:c r="G344" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="345" spans="1:7">
+      <x:c r="A345" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B345" s="0" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="C345" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D345" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F345" s="0" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="G345" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="346" spans="1:7">
+      <x:c r="A346" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B346" s="0" t="s">
+        <x:v>568</x:v>
+      </x:c>
+      <x:c r="C346" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D346" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F346" s="0" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="G346" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="347" spans="1:7">
+      <x:c r="A347" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B347" s="0" t="s">
+        <x:v>570</x:v>
+      </x:c>
+      <x:c r="C347" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D347" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F347" s="0" t="s">
+        <x:v>571</x:v>
+      </x:c>
+      <x:c r="G347" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="348" spans="1:7">
+      <x:c r="A348" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B348" s="0" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="C348" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D348" s="0" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="F348" s="0" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="G348" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="349" spans="1:7">
+      <x:c r="A349" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B349" s="0" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="C349" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D349" s="0" t="n">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="F349" s="0" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="G349" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="350" spans="1:7">
+      <x:c r="A350" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B350" s="0" t="s">
+        <x:v>576</x:v>
+      </x:c>
+      <x:c r="C350" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D350" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F350" s="0" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="G350" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="351" spans="1:7">
+      <x:c r="A351" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B351" s="0" t="s">
+        <x:v>578</x:v>
+      </x:c>
+      <x:c r="C351" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D351" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F351" s="0" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="G351" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="352" spans="1:7">
+      <x:c r="A352" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B352" s="0" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="C352" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D352" s="0" t="n">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="F352" s="0" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="G352" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="353" spans="1:7">
+      <x:c r="A353" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B353" s="0" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="C353" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D353" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F353" s="0" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="G353" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="354" spans="1:7">
+      <x:c r="A354" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B354" s="0" t="s">
+        <x:v>584</x:v>
+      </x:c>
+      <x:c r="C354" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D354" s="0" t="n">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="F354" s="0" t="s">
+        <x:v>585</x:v>
+      </x:c>
+      <x:c r="G354" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="355" spans="1:7">
+      <x:c r="A355" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B355" s="0" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="C355" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D355" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F355" s="0" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="G355" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="356" spans="1:7">
+      <x:c r="A356" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B356" s="0" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="C356" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D356" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F356" s="0" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="G356" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="357" spans="1:7">
+      <x:c r="A357" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B357" s="0" t="s">
+        <x:v>590</x:v>
+      </x:c>
+      <x:c r="C357" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D357" s="0" t="n">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="F357" s="0" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="G357" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="358" spans="1:7">
+      <x:c r="A358" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B358" s="0" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="C358" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D358" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F358" s="0" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="G358" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="359" spans="1:7">
+      <x:c r="A359" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B359" s="0" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="C359" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D359" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F359" s="0" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="G359" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="360" spans="1:7">
+      <x:c r="A360" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B360" s="0" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="C360" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D360" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F360" s="0" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="G360" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="361" spans="1:7">
+      <x:c r="A361" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B361" s="0" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="C361" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D361" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F361" s="0" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="G361" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="362" spans="1:7">
+      <x:c r="A362" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B362" s="0" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="C362" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D362" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F362" s="0" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="G362" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="363" spans="1:7">
+      <x:c r="A363" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B363" s="0" t="s">
+        <x:v>602</x:v>
+      </x:c>
+      <x:c r="C363" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D363" s="0" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F363" s="0" t="s">
+        <x:v>603</x:v>
+      </x:c>
+      <x:c r="G363" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="364" spans="1:7">
+      <x:c r="A364" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B364" s="0" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C364" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D364" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F364" s="0" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="G364" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="365" spans="1:7">
+      <x:c r="A365" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="B365" s="0" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="C365" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D365" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F365" s="0" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="G365" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="366" spans="1:7">
+      <x:c r="A366" s="0" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="B366" s="0" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="C366" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D366" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F366" s="0" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="G366" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="367" spans="1:7">
+      <x:c r="A367" s="0" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="B367" s="0" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="C367" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D367" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F367" s="0" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="G367" s="0" t="s">
+        <x:v>613</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="368" spans="1:7">
+      <x:c r="A368" s="0" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="B368" s="0" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="C368" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D368" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F368" s="0" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="G368" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="369" spans="1:7">
+      <x:c r="A369" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B369" s="0" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="C369" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D369" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F369" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G369" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="370" spans="1:7">
+      <x:c r="A370" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B370" s="0" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="C370" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D370" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F370" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G370" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="371" spans="1:7">
+      <x:c r="A371" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B371" s="0" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="C371" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D371" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F371" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G371" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="372" spans="1:7">
+      <x:c r="A372" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B372" s="0" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C372" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D372" s="0" t="n">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="F372" s="0" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="G372" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="373" spans="1:7">
+      <x:c r="A373" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B373" s="0" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="C373" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D373" s="0" t="n">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="F373" s="0" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="G373" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="374" spans="1:7">
+      <x:c r="A374" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B374" s="0" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="C374" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D374" s="0" t="n">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F374" s="0" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="G374" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="375" spans="1:7">
+      <x:c r="A375" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B375" s="0" t="s">
+        <x:v>625</x:v>
+      </x:c>
+      <x:c r="C375" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D375" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="F375" s="0" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="G375" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="376" spans="1:7">
+      <x:c r="A376" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B376" s="0" t="s">
+        <x:v>628</x:v>
+      </x:c>
+      <x:c r="C376" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D376" s="0" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="F376" s="0" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="G376" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="377" spans="1:7">
+      <x:c r="A377" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B377" s="0" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="C377" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D377" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F377" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G377" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="378" spans="1:7">
+      <x:c r="A378" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B378" s="0" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="C378" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D378" s="0" t="n">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F378" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G378" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="379" spans="1:7">
+      <x:c r="A379" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B379" s="0" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="C379" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D379" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F379" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G379" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="380" spans="1:7">
+      <x:c r="A380" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B380" s="0" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="C380" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D380" s="0" t="n">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F380" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G380" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="381" spans="1:7">
+      <x:c r="A381" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B381" s="0" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="C381" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D381" s="0" t="n">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="F381" s="0" t="s">
+        <x:v>635</x:v>
+      </x:c>
+      <x:c r="G381" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="382" spans="1:7">
+      <x:c r="A382" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B382" s="0" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="C382" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D382" s="0" t="n">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F382" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G382" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="383" spans="1:7">
+      <x:c r="A383" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B383" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="C383" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D383" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F383" s="0" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="G383" s="0" t="s">
+        <x:v>219</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="384" spans="1:7">
+      <x:c r="A384" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B384" s="0" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="C384" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D384" s="0" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="F384" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G384" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="385" spans="1:7">
+      <x:c r="A385" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B385" s="0" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="C385" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D385" s="0" t="n">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F282" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D283" s="0" t="n">
+      <x:c r="F385" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G385" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="386" spans="1:7">
+      <x:c r="A386" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B386" s="0" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="C386" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D386" s="0" t="n">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="F283" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D284" s="0" t="n">
+      <x:c r="F386" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G386" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="387" spans="1:7">
+      <x:c r="A387" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B387" s="0" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="C387" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D387" s="0" t="n">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="F387" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G387" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="388" spans="1:7">
+      <x:c r="A388" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B388" s="0" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="C388" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D388" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F388" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G388" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="389" spans="1:7">
+      <x:c r="A389" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B389" s="0" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="C389" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D389" s="0" t="n">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F389" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G389" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="390" spans="1:7">
+      <x:c r="A390" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B390" s="0" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="C390" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D390" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="F390" s="0" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="G390" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="391" spans="1:7">
+      <x:c r="A391" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B391" s="0" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="C391" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D391" s="0" t="n">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F391" s="0" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="G391" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="392" spans="1:7">
+      <x:c r="A392" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B392" s="0" t="s">
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="C392" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D392" s="0" t="n">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="F284" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="D285" s="0" t="n">
+      <x:c r="F392" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G392" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="393" spans="1:7">
+      <x:c r="A393" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B393" s="0" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="C393" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D393" s="0" t="n">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="F393" s="0" t="s">
+        <x:v>648</x:v>
+      </x:c>
+      <x:c r="G393" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="394" spans="1:7">
+      <x:c r="A394" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B394" s="0" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="C394" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D394" s="0" t="n">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F394" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G394" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="395" spans="1:7">
+      <x:c r="A395" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B395" s="0" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="C395" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D395" s="0" t="n">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F395" s="0" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="G395" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="396" spans="1:7">
+      <x:c r="A396" s="0" t="s">
+        <x:v>616</x:v>
+      </x:c>
+      <x:c r="B396" s="0" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="C396" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D396" s="0" t="n">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="F285" s="0" t="s">
-[...92 lines deleted...]
-      <x:c r="D297" s="0" t="n">
+      <x:c r="F396" s="0" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="G396" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="397" spans="1:7">
+      <x:c r="A397" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B397" s="0" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="C397" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D397" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F397" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="G397" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="398" spans="1:7">
+      <x:c r="A398" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B398" s="0" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="C398" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D398" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F398" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G398" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="399" spans="1:7">
+      <x:c r="A399" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B399" s="0" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="C399" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D399" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F399" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G399" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="400" spans="1:7">
+      <x:c r="A400" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B400" s="0" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="C400" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D400" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F400" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G400" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="401" spans="1:7">
+      <x:c r="A401" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B401" s="0" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="C401" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D401" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F401" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G401" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="402" spans="1:7">
+      <x:c r="A402" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B402" s="0" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="C402" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D402" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F402" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G402" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="403" spans="1:7">
+      <x:c r="A403" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B403" s="0" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="C403" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D403" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F403" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G403" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="404" spans="1:7">
+      <x:c r="A404" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B404" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C404" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D404" s="0" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F404" s="0" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="G404" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="405" spans="1:7">
+      <x:c r="A405" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B405" s="0" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="C405" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D405" s="0" t="n">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="F405" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="G405" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="406" spans="1:7">
+      <x:c r="A406" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B406" s="0" t="s">
+        <x:v>662</x:v>
+      </x:c>
+      <x:c r="C406" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D406" s="0" t="n">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="F406" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="G406" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="407" spans="1:7">
+      <x:c r="A407" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B407" s="0" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="C407" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D407" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F407" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="G407" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="408" spans="1:7">
+      <x:c r="A408" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B408" s="0" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="C408" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D408" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F408" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="G408" s="0" t="s">
+        <x:v>613</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="409" spans="1:7">
+      <x:c r="A409" s="0" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="B409" s="0" t="s">
+        <x:v>665</x:v>
+      </x:c>
+      <x:c r="C409" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D409" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F409" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="G409" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="410" spans="1:7">
+      <x:c r="A410" s="0" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="B410" s="0" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="C410" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D410" s="0" t="n">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="F410" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G410" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="411" spans="1:7">
+      <x:c r="A411" s="0" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="B411" s="0" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="C411" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D411" s="0" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="F411" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G411" s="0" t="s">
+        <x:v>321</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="412" spans="1:7">
+      <x:c r="A412" s="0" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="B412" s="0" t="s">
+        <x:v>669</x:v>
+      </x:c>
+      <x:c r="C412" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D412" s="0" t="n">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="F412" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G412" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="413" spans="1:7">
+      <x:c r="A413" s="0" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="B413" s="0" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="C413" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D413" s="0" t="n">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c r="F413" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G413" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="414" spans="1:7">
+      <x:c r="A414" s="0" t="s">
+        <x:v>666</x:v>
+      </x:c>
+      <x:c r="B414" s="0" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="C414" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D414" s="0" t="n">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F414" s="0" t="s">
+        <x:v>672</x:v>
+      </x:c>
+      <x:c r="G414" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="415" spans="1:7">
+      <x:c r="A415" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B415" s="0" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="C415" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D415" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F415" s="0" t="s">
+        <x:v>674</x:v>
+      </x:c>
+      <x:c r="G415" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="416" spans="1:7">
+      <x:c r="A416" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B416" s="0" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="C416" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D416" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F416" s="0" t="s">
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="G416" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="417" spans="1:7">
+      <x:c r="A417" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B417" s="0" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="C417" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D417" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F417" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="G417" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="418" spans="1:7">
+      <x:c r="A418" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B418" s="0" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="C418" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D418" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F418" s="0" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="G418" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="419" spans="1:7">
+      <x:c r="A419" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B419" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C419" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D419" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F419" s="0" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="G419" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="420" spans="1:7">
+      <x:c r="A420" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B420" s="0" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="C420" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D420" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F420" s="0" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="G420" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="421" spans="1:7">
+      <x:c r="A421" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B421" s="0" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="C421" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D421" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F421" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="G421" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="422" spans="1:7">
+      <x:c r="A422" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B422" s="0" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="C422" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D422" s="0" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F422" s="0" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="G422" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="423" spans="1:7">
+      <x:c r="A423" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B423" s="0" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="C423" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D423" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F423" s="0" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="G423" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="424" spans="1:7">
+      <x:c r="A424" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B424" s="0" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="C424" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D424" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F424" s="0" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="G424" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="425" spans="1:7">
+      <x:c r="A425" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B425" s="0" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="C425" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D425" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F425" s="0" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="G425" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="426" spans="1:7">
+      <x:c r="A426" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B426" s="0" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C426" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D426" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F426" s="0" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="G426" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="427" spans="1:7">
+      <x:c r="A427" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B427" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F297" s="0" t="s">
-[...39 lines deleted...]
-      <x:c r="F302" s="0" t="s">
+      <x:c r="C427" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D427" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F427" s="0" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="G427" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
-    <x:row r="303" spans="1:7">
-[...3 lines deleted...]
-      <x:c r="F303" s="0" t="s">
+    <x:row r="428" spans="1:7">
+      <x:c r="A428" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B428" s="0" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="C428" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D428" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F428" s="0" t="s">
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="G428" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="429" spans="1:7">
+      <x:c r="A429" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B429" s="0" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="C429" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D429" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F429" s="0" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="G429" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="430" spans="1:7">
+      <x:c r="A430" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B430" s="0" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="C430" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D430" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F430" s="0" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="G430" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
-    <x:row r="304" spans="1:7">
-[...11 lines deleted...]
-      <x:c r="F305" s="0" t="s">
+    <x:row r="431" spans="1:7">
+      <x:c r="A431" s="0" t="s">
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="B431" s="0" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="C431" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D431" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F431" s="0" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="G431" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
-    <x:row r="306" spans="1:7">
-[...192 lines deleted...]
-      <x:c r="D330" s="0" t="n">
+    <x:row r="432" spans="1:7">
+      <x:c r="A432" s="0" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="B432" s="0" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="C432" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D432" s="0" t="n">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="F330" s="0" t="s">
-[...820 lines deleted...]
-      </x:c>
       <x:c r="F432" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="G432" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>