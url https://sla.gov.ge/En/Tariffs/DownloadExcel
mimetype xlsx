--- v2 (2025-11-27)
+++ v3 (2026-01-09)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4261bb5e1f744ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/939056dfa5e24626aa225bb830a9bdf9.psmdcp" Id="Rf8fc9875b5064137" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0cce7c21e3f41e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9917a726ebf44c39212a3464271f1d5.psmdcp" Id="R2e75c330c3a04187" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="706" uniqueCount="706">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="740" uniqueCount="740">
   <x:si>
     <x:t>Research category</x:t>
   </x:si>
   <x:si>
     <x:t>Name of research (services)</x:t>
   </x:si>
   <x:si>
     <x:t>Quantity</x:t>
   </x:si>
   <x:si>
     <x:t>Price</x:t>
   </x:si>
   <x:si>
     <x:t>Price Comment</x:t>
   </x:si>
   <x:si>
     <x:t>Method</x:t>
   </x:si>
   <x:si>
     <x:t>Duration</x:t>
   </x:si>
   <x:si>
     <x:t>Bacteriological Analysis</x:t>
   </x:si>
   <x:si>
@@ -179,50 +179,65 @@
   <x:si>
     <x:t xml:space="preserve">45 Working Days </x:t>
   </x:si>
   <x:si>
     <x:t>Yersiniosis</x:t>
   </x:si>
   <x:si>
     <x:t>Bacteriological Analysis, Molecular Biological Analysis</x:t>
   </x:si>
   <x:si>
     <x:t>Anaerobic Dysentery</x:t>
   </x:si>
   <x:si>
     <x:t>კულტურის გამოყოფა; პოლიმერაზული ჯაჭვური რეაქცია (PCR)</x:t>
   </x:si>
   <x:si>
     <x:t>Bradzot</x:t>
   </x:si>
   <x:si>
     <x:t>Emkar</x:t>
   </x:si>
   <x:si>
     <x:t>Enterotoxemia</x:t>
   </x:si>
   <x:si>
+    <x:t>Detection of virus-transmitting nematodes (Xiphinema, Longidorus, etc.) from plant material</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection and morphological identification of virus-transmitting nematodes Xiphinema spp. and Longidorus spp.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>მორფოლოგიური - მორფომეტრული</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">1-20 Working Days </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Detection of virus-transmitting nematodes (Xiphinema, Longidorus, etc.) from soil</x:t>
+  </x:si>
+  <x:si>
     <x:t>Examination of Plant Material for the presence of Harmful Organisms</x:t>
   </x:si>
   <x:si>
     <x:t>Bacterial Detection by RT-PCR (Qualitative Method)</x:t>
   </x:si>
   <x:si>
     <x:t>რეალურ დროში პოლიმერაზული ჯაჭვური რეაქცია (RT – PCR)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">2-3 Working Days </x:t>
   </x:si>
   <x:si>
     <x:t>Bacteriological Examination</x:t>
   </x:si>
   <x:si>
     <x:t>კლასიკური ბაქტერიოლოგიური და კონვენციური PCR</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">3-25 Working Days </x:t>
   </x:si>
   <x:si>
     <x:t>Detection and identification of Acidovorax citrulli, the causal agent of bacterial leaf spot in melon fruit</x:t>
   </x:si>
   <x:si>
     <x:t>კლასიკური ბაქტერიოლოგიური და კონვენციური PCR მეთოდები</x:t>
@@ -377,50 +392,53 @@
   <x:si>
     <x:t>Detection of Citrus Tristeza Virus (CTV)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Cucumber Mosaic Virus (CMV)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Grapevine fanleaf virus (GFLV)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Grapevine fleck virus (GFKV)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Grapevine leafroll-associated virus 1 (GLRaV‑1)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Grapevine leafroll-associated virus 3 (GLRaV‑3)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of 'Mop‐Top' virus</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Peach rosette mosaic virus (PRMV)</x:t>
   </x:si>
   <x:si>
+    <x:t>Detection of Pepino mosaic virus (PEPMV0)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Detection of Phytophthora sp., the Causative Agent of Phytophthora Disease</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ბიოლოგიური და baiting მეთოდებით  </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">14-30 Working Days </x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Phytoplasmas</x:t>
   </x:si>
   <x:si>
     <x:t>კონვენციური PCR</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">1-5 Working Days </x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Plum Necrotic Ringspot Virus (PNRSV)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Plum Pox Virus (PPV)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of potato cyst nematodes Globodera rostochiensis and Globodera pallida</x:t>
@@ -443,50 +461,53 @@
   <x:si>
     <x:t>Detection of Raspberry Ringspot Virus (RpRSV)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Strawberry Latent Ringspot Virus (SLRSV)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of the Columbia root-knot nematode (Meloidogyne chitwoodi) and the false Columbia root-knot nematode (Meloidogyne fallax)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">2-10 Working Days </x:t>
   </x:si>
   <x:si>
     <x:t>Detection of the pine wood nematode Bursaphelenchus xylophilus</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of the stem nematode Ditylenchus dipsaci and the potato rot nematode Ditylenchus destructor</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Tobacco Ringspot Virus (TRSV)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Tomato Black Ring Virus (TBRV)</x:t>
   </x:si>
   <x:si>
+    <x:t>Detection of Tomato brown rugose fruit virus (ToBRFV)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Detection of Tomato Mosaic Virus (ToMV)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Tomato Ringspot Virus (ToRSV)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Tomato Spotted Wilt Virus (TSWV)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Viroids</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">7 Working Days </x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Watermelon Mosaic Virus (WMV)</x:t>
   </x:si>
   <x:si>
     <x:t>Entomological and acarological examination of plant samples</x:t>
   </x:si>
   <x:si>
     <x:t>მორფოლოგიური</x:t>
   </x:si>
   <x:si>
     <x:t>Entomological examination of flour and cereals</x:t>
@@ -515,59 +536,68 @@
   <x:si>
     <x:t>პოლიმერაზულ ჯაჭვური რეაქცია</x:t>
   </x:si>
   <x:si>
     <x:t>Identification of Clavibacter michiganensis subsp. sepedonicus, the causal agent of potato ring rot</x:t>
   </x:si>
   <x:si>
     <x:t>Identification of Phytoplasmas</x:t>
   </x:si>
   <x:si>
     <x:t>„ნესტიდ“ PCR და RELP</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">5-8 Working Days </x:t>
   </x:si>
   <x:si>
     <x:t>Identification of Xylella fastidiosa</x:t>
   </x:si>
   <x:si>
     <x:t>Mycological examination of plant material</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">1-30 Working Days </x:t>
   </x:si>
   <x:si>
+    <x:t>PCR identification of Erwinia amylovora, the causative agent of bacterial blight of fruit trees</x:t>
+  </x:si>
+  <x:si>
+    <x:t>პოლიმერაზული ჯაჭვური რეაქცია (PCR)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCR identification of Ralstonia solanacearum, the causative agent of potato brown rot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCR identification of Xanthomonas citri, the causative agent of citrus bacterial canker</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCR identification of Xylophilus ampelinus, the causative agent of grapevine bacterial wilt</x:t>
+  </x:si>
+  <x:si>
     <x:t>Phytoparasitological (helminthological) examination of plant samples</x:t>
   </x:si>
   <x:si>
-    <x:t>მორფოლოგიური - მორფომეტრული</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Rapid detection of bacteria</x:t>
   </x:si>
   <x:si>
     <x:t>სეროლოგიური</x:t>
   </x:si>
   <x:si>
     <x:t>Rapid detection of fungi</x:t>
   </x:si>
   <x:si>
     <x:t>Rapid detection of viruses</x:t>
   </x:si>
   <x:si>
     <x:t>Visual inspection for the presence of plant pests</x:t>
   </x:si>
   <x:si>
     <x:t>ვიზუალური დათვალიერება</x:t>
   </x:si>
   <x:si>
     <x:t>Genetic</x:t>
   </x:si>
   <x:si>
     <x:t>Sequencing of Peste des Petits Ruminants Virus (PPRV) Using the Sanger Method</x:t>
   </x:si>
   <x:si>
     <x:t>სექვენირება</x:t>
@@ -743,50 +773,56 @@
   <x:si>
     <x:t>Determination of Chloramphenicol and Nitroimidazoles in Honey</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Chloramphenicol in Honey</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Chloramphenicol in Meat and Fish</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Chloramphenicol in Milk</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Chloramphenicol in Milk, Honey, Fish and Meat</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-244-2023-G</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Dioxin-like Polychlorinated Biphenyls (PCB28, PCB52, PCB101, PCB138, PCB153, PCB180) in Foods of Animal Origin: Honey, Meat and Meat Products (excluding edible offal), fish fillets, fishery products, and products derived from them</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფია - მას-სპექტრომეტრია, EN 15662:2018</x:t>
   </x:si>
   <x:si>
+    <x:t>Determination of fluoroquinolone antibiotics in honey</x:t>
+  </x:si>
+  <x:si>
+    <x:t>R-317-2025-G ვალიდირებული მეთოდი</x:t>
+  </x:si>
+  <x:si>
     <x:t>Determination of Heavy Metals (cadmium (Cd), lead (Pb)) in Food</x:t>
   </x:si>
   <x:si>
     <x:t>Per Element</x:t>
   </x:si>
   <x:si>
     <x:t>ატომურ-აბსორბციული სპექტრომეტრია, ვალიდირებული მეთოდი  R-251-2023-G</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">3-5 Working Days </x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Heavy Metals (cadmium (Cd), lead (Pb)) in Water</x:t>
   </x:si>
   <x:si>
     <x:t>ატომურ - აბსორბციული სპექტრომეტრია, ГОСТ 31870-2012 მწარმოებლის მეთოდური სახელმძღვანელო, Agilent, GFAAS</x:t>
   </x:si>
   <x:si>
     <x:t>2-4 Working Days</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Heavy Metals (copper (Cu), zinc (Zn), tin (Sn), chromium (Cr)) in Food</x:t>
   </x:si>
   <x:si>
     <x:t>ატომურ-ემისიური სპექტრომეტრია, R-278-2024-G</x:t>
@@ -863,50 +899,56 @@
   <x:si>
     <x:t>სითხური ქრომატოგრაფია მასსპექტრომეტრია, ვალიდირებული მეთოდი R-034-2019-G</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Nitroimidazole group (2-OH methyl-methyl nitroimidazole (HMMNI), methyl-2-OH isopropyl nitroimidazole (IPZOH), metronidazole (MNZ), 2-OH ethyl-2-OH-methyl nitroimidazole (MNZ-OH), ronidazole (RNZ), dimetridazole (DNZ), ipronidazole (IPZ), and tinidazole (TNZ)) in Honey</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-025-2018-G</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Organochlorine Pesticides (alpha-hexachlorocyclohexane, beta-hexachlorocyclohexane, delta-hexachlorocyclohexane, gamma-hexachlorocyclohexane, 4,4'-DDD, 4,4'-DDE, 4,4'-DDT, heptachlor, aldrin, chlorpyrifos, heptachlor epoxide, endosulfan, dieldrin, endosulfan sulfate, methoxychlor, lambdacyhalothrin, permethrin, cypermethrin, tau-fluvalinate) in Food</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფია - მას-სპექტრომეტრია, AOAC 2007.01, EN 15662:2018</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Organophosphorus Pesticides and Carbamates in Fruits, Vegetables, and Juices</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Organophosphorus Pesticides, Pyrethroids, and Carbamates (bifenthrin, deltamethrin, esfenvalerate, carbosulfan, fenvalerate, chlorpyrifos, cypermethrin, methidathion, paraoxon-methyl, parathion-methyl, parathion, isocarbophos, EPN, azinphos-methyl, chlorfenvinphos, diazinon, dichlorvos, dimethoate, ethion, fenamiphos, fenamiphos sulfoxide, fenamiphos sulfone, fenthion, maloxon, malathion, methamidophos, omethoate, fosmete, pirimiphos-methyl, triazophos, carbofuran, formetanate, propamocarb, aldicarb sulfoxide, aldicarb sulfone, aldicarb, oxamyl, methomyl, thiodicarb, carbosulfan, pirimicarb, carbaryl, iprovalicarb, phenoxicarb) in Food</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური და სითხური ქრომატოგრაფია - მასსპექტრომეტრია, EN 15662:2018</x:t>
   </x:si>
   <x:si>
+    <x:t>Determination of pesticide residues in animal feed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>R-316-2025-G ვალიდირებული მეთოდი</x:t>
+  </x:si>
+  <x:si>
     <x:t>Determination of Pesticides in Milk and Dairy Products using the "QuEChers" method</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფია/მასპექტომეტრია (GC/MS/MS), სითხური ქრომატოგრაფია/მასპექტრომეტრია/მასპექტრომეტრია (LC/MS/MS). ვალიდირებული მეთოდი R-277-2024-G</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Pesticides in Water</x:t>
   </x:si>
   <x:si>
     <x:t>სითხური ქრომატოგრაფია - მას-სპექტრომეტრია, ვალიდირებული მეთოდი  R-246-2023-G</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Residues of Sudan I, II, III and I, Sudan Orange G, Sudan Red 7 B, Para Red dyes in Food Products</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> მაღალეფექტური სითხური ქრომატოგრაფია (HPLC). ვალიდირებული მეთოდი  R-276-2024-G</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Saturated and Unsaturated fatty acids in Food containing Animal and Vegetable Fats and Oils</x:t>
   </x:si>
   <x:si>
     <x:t>გაზური ქრომატოგრაფია, სსტ ისო 12966-1:2014/2017 სსტ ისო 12966-2:2017/2017 სსტ ისო 12966-4:2015/2017</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Substances from the groups of tetracyclines, streptomycin, tylosin, thiamphenicol, quinolones, and ceftiofur in Milk</x:t>
@@ -1031,65 +1073,71 @@
   <x:si>
     <x:t>Coagulase-positive staphylococci washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
   </x:si>
   <x:si>
     <x:t>Coliform bacteria in washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 4832:2009</x:t>
   </x:si>
   <x:si>
     <x:t>Coliforms</x:t>
   </x:si>
   <x:si>
     <x:t>Coliforms, E. coli (drinking water)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 9308-2:2012/2013</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of staphylococcal enterotoxins</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAS ტესტის გამოყენების ინსტრუქციის მიხედვით (ვალ.სსტ ისო 19020:2017/2019)</x:t>
   </x:si>
   <x:si>
+    <x:t>Determination of the number of viable microorganisms (drinking water)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDEXX Easy Disc PCA Test-ის მიხედვით</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">4 Working Days </x:t>
+  </x:si>
+  <x:si>
     <x:t>E. coli O 157:H7 (PCR)</x:t>
   </x:si>
   <x:si>
     <x:t>DuPont BAXQ7 SYSTEM Manual Page 15-19</x:t>
   </x:si>
   <x:si>
     <x:t>E. coli (Escherichia coli) (drinking water)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 9308-1:2014/2014</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">4 Working Days </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>E. coli O157:H7 (PCR) washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
   </x:si>
   <x:si>
     <x:t>DuPont BAXQ7SYSTEM Manual Page 15-19</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Enterobacter sakazakii </x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 22964:2017</x:t>
   </x:si>
   <x:si>
     <x:t>Enterobacteriaceae</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 21528-2:2017/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Enterobacteriaceae (enteric bacteria) washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
   </x:si>
   <x:si>
     <x:t>Enterobactersakazakii (PCR)</x:t>
   </x:si>
   <x:si>
     <x:t>DuPont BAXQ7 SYSTEM Manual Page 20-22</x:t>
@@ -1121,56 +1169,50 @@
   <x:si>
     <x:t>სსტ ისო 11290-1:2017/2021</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">6-10 Working Days </x:t>
   </x:si>
   <x:si>
     <x:t>Listeria monocytogenes (quantitative)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 11290-2:2017/2017</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">5-9 Working Days </x:t>
   </x:si>
   <x:si>
     <x:t>Listeria monocytogenes washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
   </x:si>
   <x:si>
     <x:t>Mesophilic aerobes and facultative anaerobes (drinking water)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო  6222 - 2008</x:t>
   </x:si>
   <x:si>
-    <x:t>Mesophilic aerobic and facultative anaerobic microorganisms (drinking water)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Molds and yeasts</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 21527-1:2008/2014, სსტ ისო 21527-2:2008/2012</x:t>
   </x:si>
   <x:si>
     <x:t>Number of aerobic microorganism colonies</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> სსტ ისო 4833-1:2013/2015 სსტ ისო 4833-2:2013/2015</x:t>
   </x:si>
   <x:si>
     <x:t>Number of aerobic microorganisms in washings (from food production equipment, tools, machinery, and packaging materials)</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 4833-1:2013/2015</x:t>
   </x:si>
   <x:si>
     <x:t>Presumptive B. cereus</x:t>
   </x:si>
   <x:si>
     <x:t>ISO 7932:2004</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Proteus spp. </x:t>
@@ -1250,53 +1292,50 @@
   <x:si>
     <x:t>სსტ ისო 15213 : 2003/2013</x:t>
   </x:si>
   <x:si>
     <x:t>Total coliform bacteria (drinking water)</x:t>
   </x:si>
   <x:si>
     <x:t>Vibrio parahaemolitycus</x:t>
   </x:si>
   <x:si>
     <x:t>სსტ ისო 21872-1:2007</x:t>
   </x:si>
   <x:si>
     <x:t>Vibrio parahaemolitycus (PCR)</x:t>
   </x:si>
   <x:si>
     <x:t>DuPont BAXQ7 SYSTEM Manual Page 70-73</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Molecular Biological Analysis </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> კიბოსნაირები - ყვითელი თავი  (YHV) - პათ.მასალა</x:t>
   </x:si>
   <x:si>
-    <x:t>პოლიმერაზული ჯაჭვური რეაქცია (PCR)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>African swine fever – pathological material</x:t>
   </x:si>
   <x:si>
     <x:t>Anaplasmosis – pathological material</x:t>
   </x:si>
   <x:si>
     <x:t>Anthrax – pathological material</x:t>
   </x:si>
   <x:si>
     <x:t>Anthrax (Siberian ulcer) – pathological material, environmental sample</x:t>
   </x:si>
   <x:si>
     <x:t>Aujeszky’s disease – brain; nasal mucus; tissues (lung, tonsils)</x:t>
   </x:si>
   <x:si>
     <x:t>Avian bronchitis</x:t>
   </x:si>
   <x:si>
     <x:t>Avian Infectious Bronchitis</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">პოლიმერაზული ჯაჭვური რეაქცია (PCR) </x:t>
   </x:si>
   <x:si>
     <x:t>Avian Infectious Bursal Disease (Gumboro)</x:t>
@@ -1835,50 +1874,107 @@
   <x:si>
     <x:t>Solubility (egg, coffee)</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 31469-2012 გოსტ 32776-2014</x:t>
   </x:si>
   <x:si>
     <x:t>Volatile Nitrogen Bases</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 7636- 85</x:t>
   </x:si>
   <x:si>
     <x:t>Water-soluble Extractives</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 28551-90 (ISO 1574-80)</x:t>
   </x:si>
   <x:si>
     <x:t>Whiteness</x:t>
   </x:si>
   <x:si>
     <x:t>გოსტ 26361-2013</x:t>
   </x:si>
   <x:si>
+    <x:t>Qualitative analysis of wine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Actual volumetric alcohol content (by volume)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>არეომეტრული მეთოდი; OIV-MA-AS312-01 გოსტ 32095-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mass concentration of sugars</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ბერტრანის მეთოდი ან პირდაპირი ტიტრაციის მეთოდი, გოსტ 13192-73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>პოტენციომეტრული მეთოდი, OIV-MA-AS313-15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reduced extract</x:t>
+  </x:si>
+  <x:si>
+    <x:t>გადაანგარიშების მეთოდი, გოსტ 32000-2012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relative density</x:t>
+  </x:si>
+  <x:si>
+    <x:t>პიკნომეტრული მეთოდი, გოსტ 32081-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titratable acids</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ტიტრაციის მეთოდი, გოსტ 32114-2013 OIV-MA-AS313-01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Total and free sulfurous acids</x:t>
+  </x:si>
+  <x:si>
+    <x:t>იოდომეტრული ტიტრაციის მეთოდი, OIV-MA-AS323-04B გოსტ 32115-2013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Total extract</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Total volumetric alcohol content (by volume)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">გადაანგარიშების მეთოდი </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Volatile acids</x:t>
+  </x:si>
+  <x:si>
+    <x:t>დისტილაცია/ტიტრაციის მეთოდი, OIV-MA-AS313-02</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Seed Quality Assessment </x:t>
   </x:si>
   <x:si>
     <x:t>Determination of 1000-Seed Weight</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">გოსტ 12042–80; ISTA, თავი 10, წონის განსაზღვრა, 10-1 </x:t>
   </x:si>
   <x:si>
     <x:t>Seed Germination Test</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">გოსტ 12038–84; ISTA, თავი 5, აღმოცენების ტესტი, 5-1. </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">7-30 Working Days </x:t>
   </x:si>
   <x:si>
     <x:t>Seed Purity Test</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">გოსტ 12037–81; ISTA, თავი 3, სიწმინდის ანალიზი, 3-1 </x:t>
   </x:si>
   <x:si>
     <x:t>Serological Analysis</x:t>
@@ -1907,81 +2003,87 @@
   <x:si>
     <x:t>ანტიგენის აღმომჩენი ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA-Ag)</x:t>
   </x:si>
   <x:si>
     <x:t>Brucellosis – blood (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>ფლუორესცენტული პოლარიზაციის ტესტი (FPA)</x:t>
   </x:si>
   <x:si>
     <x:t>ანტისხეულების აღმოჩენა როზბენგალის რეაქცია (RBR)</x:t>
   </x:si>
   <x:si>
     <x:t>Brucellosis – raw milk</x:t>
   </x:si>
   <x:si>
     <x:t>რძის რგოლური რეაქცია (MRR)</x:t>
   </x:si>
   <x:si>
     <x:t>Brucellosis (Brucella abortus; Br. melitensis) – Raw Cow, Sheep, and Goat Milk</x:t>
   </x:si>
   <x:si>
     <x:t>Canine distemper – dog blood (serum)</x:t>
   </x:si>
   <x:si>
+    <x:t>Capripox-blood (serum)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Classical swine fever – blood (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>Crimean-Congo hemorrhagic fever – blood (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>Detection of Foot-and-Mouth Disease Virus Antigen and Virus Serotyping (Types A, O, Asia 1, SAT1, SAT2). Sample: Pathological Material – Epithelial Vesicles; Vesicular Fluid.</x:t>
   </x:si>
   <x:si>
     <x:t>თურქულის ვირუსის ანტიგენის აღმომჩენი ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი.</x:t>
   </x:si>
   <x:si>
     <x:t>Determination of Newcastle disease immune status – blood (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>Equine infectious anemia – blood sample (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>აგარის გელში იმუნოდიფუზიის ტესტი (AGID)</x:t>
   </x:si>
   <x:si>
     <x:t>Highly pathogenic avian influenza – blood (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>Leishmaniasis – dog blood (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>Leptospirosis, mammals – blood (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>Leukosis – blood (serum)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lyme disease-blood (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>Peste des petits ruminants – blood (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>Post-vaccination brucellosis examination, small ruminants, blood (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>Q fever – blood (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>იმუნოფლუორესცენტული ანტისხეულების ანალიზი (IFA)</x:t>
   </x:si>
   <x:si>
     <x:t>Quantitative Determination of Antibodies Against Structural Proteins (FMD SP) of Foot-and-Mouth Disease Virus Serotypes A, O, Asia 1, and SAT 2 by Dilutions. Sample: Blood (Serum)</x:t>
   </x:si>
   <x:si>
     <x:t>თურქულის ვირუსის A, O, Asia 1 და SAT 2 სეროტიპების სპეციფიკური ანტისხეულების აღმომჩენი მყარფაზიანი კონკურენტული ენზიმდაკავშირებული იმუნოფერმენტული ანალიზი (ELISA)</x:t>
   </x:si>
   <x:si>
     <x:t>Rabies – post-vaccination immune status determination in carnivores, blood (serum)</x:t>
   </x:si>
   <x:si>
     <x:t>Rinderpest in small ruminants – pathological material</x:t>
   </x:si>
@@ -2193,52 +2295,52 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:G432" totalsRowShown="0">
-  <x:autoFilter ref="A1:G432"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:G454" totalsRowShown="0">
+  <x:autoFilter ref="A1:G454"/>
   <x:tableColumns count="7">
     <x:tableColumn id="1" name="Research category"/>
     <x:tableColumn id="2" name="Name of research (services)"/>
     <x:tableColumn id="3" name="Quantity"/>
     <x:tableColumn id="4" name="Price"/>
     <x:tableColumn id="5" name="Price Comment"/>
     <x:tableColumn id="6" name="Method"/>
     <x:tableColumn id="7" name="Duration"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2499,57 +2601,57 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G432"/>
+  <x:dimension ref="A1:G454"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="60.800625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="80.600625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="167.090625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.005425" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.775425" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="17.665425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="77.130625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="17.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="0" t="s">
@@ -3228,7968 +3330,8408 @@
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D35" s="0" t="n">
         <x:v>287</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D36" s="0" t="n">
-        <x:v>175</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F36" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G36" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D37" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F37" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C38" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="n">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F38" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="C38" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F38" s="0" t="s">
+      <x:c r="G38" s="0" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C39" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F39" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="C39" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F39" s="0" t="s">
+      <x:c r="G39" s="0" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C40" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F40" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="C40" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G40" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D41" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F41" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D42" s="0" t="n">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F42" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G42" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D43" s="0" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F43" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G43" s="0" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C44" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D44" s="0" t="n">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="C44" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F44" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G44" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D45" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D46" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F46" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G46" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D47" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
       <x:c r="A48" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="F48" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="C48" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G48" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:7">
       <x:c r="A49" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C49" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="n">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="F49" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="G49" s="0" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D50" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F50" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G50" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:7">
       <x:c r="A51" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D51" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:7">
       <x:c r="A52" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D52" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:7">
       <x:c r="A53" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D53" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:7">
       <x:c r="A54" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D54" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F54" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G54" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:7">
       <x:c r="A55" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D55" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F55" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:7">
       <x:c r="A56" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C56" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D56" s="0" t="n">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C56" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F56" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G56" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:7">
       <x:c r="A57" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D57" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:7">
       <x:c r="A58" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D58" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:7">
       <x:c r="A59" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D59" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:7">
       <x:c r="A60" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D60" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:7">
       <x:c r="A61" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D61" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:7">
       <x:c r="A62" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D62" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:7">
       <x:c r="A63" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D63" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:7">
       <x:c r="A64" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D64" s="0" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:7">
       <x:c r="A65" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D65" s="0" t="n">
-        <x:v>114</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:7">
       <x:c r="A66" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D66" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F66" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G66" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:7">
       <x:c r="A67" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D67" s="0" t="n">
-        <x:v>127</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:7">
       <x:c r="A68" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D68" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F68" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G68" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:7">
       <x:c r="A69" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D69" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:7">
       <x:c r="A70" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B70" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C70" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D70" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F70" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C70" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G70" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:7">
       <x:c r="A71" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C71" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D71" s="0" t="n">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F71" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="G71" s="0" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:7">
       <x:c r="A72" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D72" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F72" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G72" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:7">
       <x:c r="A73" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C73" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D73" s="0" t="n">
-        <x:v>255</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:7">
       <x:c r="A74" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D74" s="0" t="n">
         <x:v>230</x:v>
       </x:c>
       <x:c r="F74" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G74" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:7">
       <x:c r="A75" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D75" s="0" t="n">
-        <x:v>115</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F75" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:7">
       <x:c r="A76" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D76" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F76" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G76" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:7">
       <x:c r="A77" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C77" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D77" s="0" t="n">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C77" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F77" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:7">
       <x:c r="A78" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D78" s="0" t="n">
-        <x:v>146</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F78" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G78" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:7">
       <x:c r="A79" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D79" s="0" t="n">
-        <x:v>183</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F79" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:7">
       <x:c r="A80" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D80" s="0" t="n">
-        <x:v>153</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="F80" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G80" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:7">
       <x:c r="A81" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D81" s="0" t="n">
-        <x:v>153</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:7">
       <x:c r="A82" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D82" s="0" t="n">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F82" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G82" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:7">
       <x:c r="A83" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D83" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:7">
       <x:c r="A84" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D84" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F84" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G84" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:7">
       <x:c r="A85" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D85" s="0" t="n">
-        <x:v>150</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:7">
       <x:c r="A86" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D86" s="0" t="n">
-        <x:v>127</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="F86" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G86" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:7">
       <x:c r="A87" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C87" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D87" s="0" t="n">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="F87" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="C87" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:7">
       <x:c r="A88" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D88" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F88" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G88" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:7">
       <x:c r="A89" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D89" s="0" t="n">
-        <x:v>215</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:7">
       <x:c r="A90" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B90" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C90" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D90" s="0" t="n">
-        <x:v>177</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F90" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G90" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:7">
       <x:c r="A91" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C91" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D91" s="0" t="n">
-        <x:v>177</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F91" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:7">
       <x:c r="A92" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B92" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C92" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D92" s="0" t="n">
-        <x:v>177</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F92" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G92" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:7">
       <x:c r="A93" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C93" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D93" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F93" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:7">
       <x:c r="A94" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B94" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C94" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D94" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F94" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G94" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:7">
       <x:c r="A95" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C95" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D95" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:7">
       <x:c r="A96" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B96" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C96" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D96" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F96" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G96" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:7">
       <x:c r="A97" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C97" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D97" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F97" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:7">
       <x:c r="A98" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B98" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C98" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D98" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F98" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G98" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:7">
       <x:c r="A99" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C99" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D99" s="0" t="n">
-        <x:v>200</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F99" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:7">
       <x:c r="A100" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B100" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C100" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D100" s="0" t="n">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="F100" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="G100" s="0" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:7">
       <x:c r="A101" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C101" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D101" s="0" t="n">
-        <x:v>215</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F101" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:7">
       <x:c r="A102" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B102" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C102" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D102" s="0" t="n">
         <x:v>200</x:v>
       </x:c>
       <x:c r="F102" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G102" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:7">
       <x:c r="A103" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C103" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D103" s="0" t="n">
-        <x:v>215</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:7">
       <x:c r="A104" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B104" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C104" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D104" s="0" t="n">
-        <x:v>480</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F104" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G104" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:7">
       <x:c r="A105" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C105" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D105" s="0" t="n">
         <x:v>215</x:v>
       </x:c>
       <x:c r="F105" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:7">
       <x:c r="A106" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B106" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C106" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D106" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F106" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G106" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:7">
       <x:c r="A107" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C107" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D107" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F107" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:7">
       <x:c r="A108" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B108" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C108" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D108" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="F108" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G108" s="0" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:7">
       <x:c r="A109" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C109" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D109" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F109" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:7">
       <x:c r="A110" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B110" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C110" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D110" s="0" t="n">
-        <x:v>114</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F110" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="G110" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:7">
       <x:c r="A111" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C111" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D111" s="0" t="n">
-        <x:v>114</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F111" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="G111" s="0" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:7">
       <x:c r="A112" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B112" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C112" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D112" s="0" t="n">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F112" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C112" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G112" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:7">
       <x:c r="A113" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C113" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D113" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F113" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="G113" s="0" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:7">
       <x:c r="A114" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B114" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C114" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D114" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F114" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="G114" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:7">
       <x:c r="A115" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C115" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D115" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="F115" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:7">
       <x:c r="A116" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B116" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C116" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D116" s="0" t="n">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="F116" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="G116" s="0" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:7">
       <x:c r="A117" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C117" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D117" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F117" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:7">
       <x:c r="A118" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B118" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C118" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D118" s="0" t="n">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F118" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="G118" s="0" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:7">
       <x:c r="A119" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C119" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D119" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:7">
       <x:c r="A120" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B120" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="B120" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C120" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D120" s="0" t="n">
-        <x:v>790</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F120" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G120" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:7">
       <x:c r="A121" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C121" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D121" s="0" t="n">
-        <x:v>725</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F121" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>16</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:7">
       <x:c r="A122" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B122" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C122" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D122" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F122" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G122" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:7">
       <x:c r="A123" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C123" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D123" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F123" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:7">
       <x:c r="A124" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B124" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="B124" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C124" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D124" s="0" t="n">
-        <x:v>69</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F124" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G124" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:7">
       <x:c r="A125" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C125" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D125" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:7">
       <x:c r="A126" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B126" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C126" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D126" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F126" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="G126" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:7">
       <x:c r="A127" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C127" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D127" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F127" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:7">
       <x:c r="A128" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B128" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C128" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D128" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="F128" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G128" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:7">
       <x:c r="A129" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C129" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D129" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:7">
       <x:c r="A130" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B130" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C130" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D130" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F130" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="G130" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:7">
       <x:c r="A131" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C131" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D131" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="G131" s="0" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:7">
       <x:c r="A132" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B132" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C132" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D132" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="F132" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="G132" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:7">
       <x:c r="A133" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C133" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D133" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:7">
       <x:c r="A134" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B134" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C134" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D134" s="0" t="n">
-        <x:v>73</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F134" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G134" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:7">
       <x:c r="A135" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C135" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D135" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:7">
       <x:c r="A136" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B136" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C136" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D136" s="0" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="F136" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C136" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="F136" s="0" t="s">
+      <x:c r="G136" s="0" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:7">
       <x:c r="A137" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B137" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="B137" s="0" t="s">
+      <x:c r="C137" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D137" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F137" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="C137" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:7">
       <x:c r="A138" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B138" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C138" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D138" s="0" t="n">
-        <x:v>185</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F138" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G138" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:7">
       <x:c r="A139" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C139" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D139" s="0" t="n">
-        <x:v>160</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:7">
       <x:c r="A140" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B140" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="B140" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C140" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D140" s="0" t="n">
-        <x:v>140</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F140" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G140" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:7">
       <x:c r="A141" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C141" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D141" s="0" t="n">
-        <x:v>170</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:7">
       <x:c r="A142" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B142" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C142" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D142" s="0" t="n">
-        <x:v>225</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="F142" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G142" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:7">
       <x:c r="A143" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C143" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D143" s="0" t="n">
-        <x:v>350</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:7">
       <x:c r="A144" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B144" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C144" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D144" s="0" t="n">
-        <x:v>57</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F144" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G144" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:7">
       <x:c r="A145" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C145" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D145" s="0" t="n">
-        <x:v>5255</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F145" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:7">
       <x:c r="A146" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B146" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C146" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D146" s="0" t="n">
-        <x:v>1455</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F146" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="G146" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:7">
       <x:c r="A147" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C147" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D147" s="0" t="n">
-        <x:v>868</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F147" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:7">
       <x:c r="A148" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B148" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C148" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D148" s="0" t="n">
-        <x:v>360</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F148" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G148" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:7">
       <x:c r="A149" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C149" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D149" s="0" t="n">
-        <x:v>330</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F149" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:7">
       <x:c r="A150" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B150" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C150" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D150" s="0" t="n">
-        <x:v>868</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F150" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="G150" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:7">
       <x:c r="A151" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C151" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D151" s="0" t="n">
-        <x:v>215</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:7">
       <x:c r="A152" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B152" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C152" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D152" s="0" t="n">
-        <x:v>1475</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F152" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="G152" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:7">
       <x:c r="A153" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="C153" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D153" s="0" t="n">
+        <x:v>5255</x:v>
+      </x:c>
+      <x:c r="F153" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="G153" s="0" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:7">
       <x:c r="A154" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B154" s="0" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C154" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D154" s="0" t="n">
+        <x:v>1455</x:v>
+      </x:c>
+      <x:c r="F154" s="0" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="G154" s="0" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:7">
       <x:c r="A155" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C155" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D155" s="0" t="n">
-        <x:v>185</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F155" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:7">
       <x:c r="A156" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B156" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C156" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D156" s="0" t="n">
-        <x:v>250</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="F156" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="G156" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:7">
       <x:c r="A157" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C157" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D157" s="0" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="F157" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D157" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:7">
       <x:c r="A158" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B158" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C158" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D158" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F158" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="G158" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:7">
       <x:c r="A159" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C159" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D159" s="0" t="n">
-        <x:v>82</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F159" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:7">
       <x:c r="A160" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B160" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C160" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D160" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="F160" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G160" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:7">
       <x:c r="A161" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C161" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D161" s="0" t="n">
-        <x:v>145</x:v>
+        <x:v>5265</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:7">
       <x:c r="A162" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B162" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C162" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D162" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F162" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G162" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:7">
       <x:c r="A163" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C163" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D163" s="0" t="n">
-        <x:v>295</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:7">
       <x:c r="A164" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B164" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C164" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D164" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F164" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="G164" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:7">
       <x:c r="A165" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D165" s="0" t="n">
-        <x:v>26</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:7">
       <x:c r="A166" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B166" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C166" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D166" s="0" t="n">
-        <x:v>250</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F166" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="G166" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:7">
       <x:c r="A167" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C167" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D167" s="0" t="n">
-        <x:v>868</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:7">
       <x:c r="A168" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B168" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C168" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D168" s="0" t="n">
-        <x:v>868</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F168" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="G168" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:7">
       <x:c r="A169" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C169" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D169" s="0" t="n">
-        <x:v>125</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F169" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:7">
       <x:c r="A170" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B170" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C170" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D170" s="0" t="n">
-        <x:v>120</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F170" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G170" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:7">
       <x:c r="A171" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C171" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D171" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F171" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:7">
       <x:c r="A172" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B172" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C172" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D172" s="0" t="n">
-        <x:v>175</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="F172" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="G172" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:7">
       <x:c r="A173" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C173" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D173" s="0" t="n">
-        <x:v>350</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F173" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:7">
       <x:c r="A174" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B174" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C174" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D174" s="0" t="n">
-        <x:v>225</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F174" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="G174" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:7">
       <x:c r="A175" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C175" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D175" s="0" t="n">
-        <x:v>390</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F175" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:7">
       <x:c r="A176" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B176" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C176" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D176" s="0" t="n">
-        <x:v>335</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F176" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G176" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:7">
       <x:c r="A177" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C177" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D177" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:7">
       <x:c r="A178" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B178" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C178" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D178" s="0" t="n">
-        <x:v>110</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F178" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="G178" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:7">
       <x:c r="A179" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C179" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D179" s="0" t="n">
-        <x:v>130</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F179" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:7">
       <x:c r="A180" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B180" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C180" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D180" s="0" t="n">
-        <x:v>4925</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F180" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="G180" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:7">
       <x:c r="A181" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C181" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D181" s="0" t="n">
-        <x:v>145</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F181" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:7">
       <x:c r="A182" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B182" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C182" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D182" s="0" t="n">
-        <x:v>80</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="F182" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="G182" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:7">
       <x:c r="A183" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C183" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D183" s="0" t="n">
-        <x:v>306</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F183" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:7">
       <x:c r="A184" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B184" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C184" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D184" s="0" t="n">
-        <x:v>868</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="F184" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="G184" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:7">
       <x:c r="A185" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C185" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D185" s="0" t="n">
-        <x:v>1055</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="F185" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:7">
       <x:c r="A186" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B186" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C186" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D186" s="0" t="n">
-        <x:v>4845</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="F186" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="G186" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:7">
       <x:c r="A187" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C187" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D187" s="0" t="n">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="F187" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="C187" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:7">
       <x:c r="A188" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B188" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C188" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D188" s="0" t="n">
-        <x:v>175</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F188" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G188" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:7">
       <x:c r="A189" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C189" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D189" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F189" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:7">
       <x:c r="A190" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B190" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C190" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D190" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>4925</x:v>
       </x:c>
       <x:c r="F190" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G190" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:7">
       <x:c r="A191" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C191" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D191" s="0" t="n">
-        <x:v>265</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:7">
       <x:c r="A192" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B192" s="0" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C192" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D192" s="0" t="n">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="F192" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C192" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G192" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:7">
       <x:c r="A193" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="C193" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D193" s="0" t="n">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="F193" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C193" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:7">
       <x:c r="A194" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B194" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C194" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D194" s="0" t="n">
-        <x:v>185</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="F194" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G194" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:7">
       <x:c r="A195" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C195" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D195" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:7">
       <x:c r="A196" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B196" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C196" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D196" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>4845</x:v>
       </x:c>
       <x:c r="F196" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G196" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:7">
       <x:c r="A197" s="0" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="B197" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="B197" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C197" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D197" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:7">
       <x:c r="A198" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B198" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C198" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D198" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="F198" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G198" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:7">
       <x:c r="A199" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D199" s="0" t="n">
-        <x:v>130</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:7">
       <x:c r="A200" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D200" s="0" t="n">
-        <x:v>120</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:7">
       <x:c r="A201" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D201" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:7">
       <x:c r="A202" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D202" s="0" t="n">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:7">
       <x:c r="A203" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D203" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:7">
       <x:c r="A204" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B204" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C204" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D204" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F204" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G204" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:7">
       <x:c r="A205" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C205" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D205" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:7">
       <x:c r="A206" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B206" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C206" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D206" s="0" t="n">
-        <x:v>84</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F206" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G206" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:7">
       <x:c r="A207" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C207" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D207" s="0" t="n">
-        <x:v>280</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:7">
       <x:c r="A208" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B208" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C208" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D208" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F208" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="G208" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:7">
       <x:c r="A209" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C209" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D209" s="0" t="n">
-        <x:v>55</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F209" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:7">
       <x:c r="A210" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B210" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C210" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D210" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="F210" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="G210" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:7">
       <x:c r="A211" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C211" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D211" s="0" t="n">
-        <x:v>51</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:7">
       <x:c r="A212" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B212" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C212" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D212" s="0" t="n">
-        <x:v>41</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F212" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="G212" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:7">
       <x:c r="A213" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C213" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D213" s="0" t="n">
-        <x:v>41</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:7">
       <x:c r="A214" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B214" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C214" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D214" s="0" t="n">
-        <x:v>80</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F214" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="G214" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:7">
       <x:c r="A215" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C215" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D215" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F215" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:7">
       <x:c r="A216" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B216" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C216" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D216" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="F216" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="G216" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:7">
       <x:c r="A217" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C217" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D217" s="0" t="n">
-        <x:v>127</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="F217" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:7">
       <x:c r="A218" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B218" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C218" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D218" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F218" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="G218" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:7">
       <x:c r="A219" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C219" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D219" s="0" t="n">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F219" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:7">
       <x:c r="A220" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B220" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C220" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D220" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F220" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="G220" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:7">
       <x:c r="A221" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="C221" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D221" s="0" t="n">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F221" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:7">
       <x:c r="A222" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B222" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C222" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D222" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="F222" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="G222" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:7">
       <x:c r="A223" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C223" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D223" s="0" t="n">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F223" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:7">
       <x:c r="A224" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B224" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C224" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D224" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F224" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="G224" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:7">
       <x:c r="A225" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C225" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D225" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F225" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:7">
       <x:c r="A226" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B226" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C226" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D226" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F226" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="G226" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:7">
       <x:c r="A227" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C227" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D227" s="0" t="n">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F227" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:7">
       <x:c r="A228" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B228" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C228" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D228" s="0" t="n">
-        <x:v>90</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F228" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G228" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:7">
       <x:c r="A229" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C229" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D229" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F229" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:7">
       <x:c r="A230" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B230" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C230" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D230" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F230" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="G230" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:7">
       <x:c r="A231" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C231" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D231" s="0" t="n">
-        <x:v>85</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F231" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:7">
       <x:c r="A232" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B232" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C232" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D232" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F232" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="G232" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:7">
       <x:c r="A233" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C233" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D233" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F233" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:7">
       <x:c r="A234" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B234" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C234" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D234" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F234" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="G234" s="0" t="s">
-        <x:v>11</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:7">
       <x:c r="A235" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C235" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D235" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F235" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:7">
       <x:c r="A236" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B236" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C236" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D236" s="0" t="n">
-        <x:v>185</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F236" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="G236" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:7">
       <x:c r="A237" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C237" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D237" s="0" t="n">
-        <x:v>185</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="F237" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:7">
       <x:c r="A238" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B238" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C238" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D238" s="0" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F238" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="G238" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:7">
       <x:c r="A239" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C239" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D239" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F239" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:7">
       <x:c r="A240" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B240" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C240" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D240" s="0" t="n">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="F240" s="0" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="G240" s="0" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:7">
       <x:c r="A241" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C241" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D241" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F241" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:7">
       <x:c r="A242" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B242" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C242" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D242" s="0" t="n">
-        <x:v>58</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F242" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="G242" s="0" t="s">
-        <x:v>21</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:7">
       <x:c r="A243" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C243" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D243" s="0" t="n">
-        <x:v>76</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:7">
       <x:c r="A244" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B244" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C244" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D244" s="0" t="n">
-        <x:v>236</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F244" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="G244" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:7">
       <x:c r="A245" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C245" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D245" s="0" t="n">
-        <x:v>347</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:7">
       <x:c r="A246" s="0" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="B246" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="C246" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D246" s="0" t="n">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="F246" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="B246" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G246" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:7">
       <x:c r="A247" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="C247" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D247" s="0" t="n">
-        <x:v>266</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F247" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:7">
       <x:c r="A248" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B248" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C248" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D248" s="0" t="n">
-        <x:v>103</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F248" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="G248" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:7">
       <x:c r="A249" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="C249" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D249" s="0" t="n">
-        <x:v>320</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F249" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:7">
       <x:c r="A250" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B250" s="0" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C250" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D250" s="0" t="n">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="F250" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C250" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G250" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:7">
       <x:c r="A251" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="C251" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D251" s="0" t="n">
-        <x:v>210</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F251" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:7">
       <x:c r="A252" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B252" s="0" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C252" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D252" s="0" t="n">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F252" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="C252" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G252" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:7">
       <x:c r="A253" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C253" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D253" s="0" t="n">
-        <x:v>197</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F253" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:7">
       <x:c r="A254" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B254" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C254" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D254" s="0" t="n">
-        <x:v>197</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F254" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G254" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:7">
       <x:c r="A255" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C255" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D255" s="0" t="n">
-        <x:v>197</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="F255" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:7">
       <x:c r="A256" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B256" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C256" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D256" s="0" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="F256" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G256" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:7">
       <x:c r="A257" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C257" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D257" s="0" t="n">
-        <x:v>377</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F257" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:7">
       <x:c r="A258" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B258" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C258" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D258" s="0" t="n">
-        <x:v>410</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F258" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G258" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:7">
       <x:c r="A259" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="C259" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D259" s="0" t="n">
-        <x:v>162</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F259" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:7">
       <x:c r="A260" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B260" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C260" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D260" s="0" t="n">
-        <x:v>319</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="F260" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G260" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:7">
       <x:c r="A261" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C261" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D261" s="0" t="n">
-        <x:v>236</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F261" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:7">
       <x:c r="A262" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B262" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C262" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D262" s="0" t="n">
-        <x:v>232</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="F262" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="G262" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:7">
       <x:c r="A263" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C263" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D263" s="0" t="n">
-        <x:v>214</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F263" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:7">
       <x:c r="A264" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B264" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C264" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D264" s="0" t="n">
-        <x:v>214</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F264" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G264" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:7">
       <x:c r="A265" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C265" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D265" s="0" t="n">
-        <x:v>232</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:7">
       <x:c r="A266" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B266" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C266" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D266" s="0" t="n">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F266" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G266" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:7">
       <x:c r="A267" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C267" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D267" s="0" t="n">
-        <x:v>264</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="F267" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:7">
       <x:c r="A268" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B268" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C268" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D268" s="0" t="n">
-        <x:v>255</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="F268" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G268" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:7">
       <x:c r="A269" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C269" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D269" s="0" t="n">
-        <x:v>185</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="F269" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:7">
       <x:c r="A270" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B270" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C270" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D270" s="0" t="n">
-        <x:v>240</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F270" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G270" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:7">
       <x:c r="A271" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C271" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D271" s="0" t="n">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F271" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:7">
       <x:c r="A272" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B272" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C272" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D272" s="0" t="n">
-        <x:v>236</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F272" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G272" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:7">
       <x:c r="A273" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C273" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D273" s="0" t="n">
-        <x:v>232</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:7">
       <x:c r="A274" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B274" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C274" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D274" s="0" t="n">
-        <x:v>197</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F274" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="G274" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:7">
       <x:c r="A275" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="C275" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D275" s="0" t="n">
-        <x:v>197</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F275" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:7">
       <x:c r="A276" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B276" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C276" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D276" s="0" t="n">
-        <x:v>293</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F276" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G276" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:7">
       <x:c r="A277" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C277" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D277" s="0" t="n">
-        <x:v>254</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F277" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:7">
       <x:c r="A278" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B278" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C278" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="D278" s="0" t="n">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F278" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G278" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:7">
       <x:c r="A279" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C279" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D279" s="0" t="n">
-        <x:v>202</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F279" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:7">
       <x:c r="A280" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B280" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C280" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D280" s="0" t="n">
-        <x:v>220</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F280" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G280" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:7">
       <x:c r="A281" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C281" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D281" s="0" t="n">
-        <x:v>254</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F281" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:7">
       <x:c r="A282" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B282" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C282" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D282" s="0" t="n">
-        <x:v>122</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F282" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G282" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:7">
       <x:c r="A283" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C283" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D283" s="0" t="n">
-        <x:v>265</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F283" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:7">
       <x:c r="A284" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B284" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C284" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D284" s="0" t="n">
-        <x:v>275</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F284" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G284" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:7">
       <x:c r="A285" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C285" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D285" s="0" t="n">
-        <x:v>116</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:7">
       <x:c r="A286" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B286" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C286" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D286" s="0" t="n">
-        <x:v>180</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F286" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G286" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:7">
       <x:c r="A287" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C287" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D287" s="0" t="n">
-        <x:v>197</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F287" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:7">
       <x:c r="A288" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B288" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C288" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D288" s="0" t="n">
-        <x:v>293</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F288" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G288" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:7">
       <x:c r="A289" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C289" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D289" s="0" t="n">
-        <x:v>147</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:7">
       <x:c r="A290" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B290" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C290" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D290" s="0" t="n">
-        <x:v>245</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F290" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G290" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:7">
       <x:c r="A291" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C291" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D291" s="0" t="n">
-        <x:v>230</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F291" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:7">
       <x:c r="A292" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B292" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="C292" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D292" s="0" t="n">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="F292" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G292" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:7">
       <x:c r="A293" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C293" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D293" s="0" t="n">
-        <x:v>433</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F293" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:7">
       <x:c r="A294" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B294" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C294" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D294" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F294" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G294" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:7">
       <x:c r="A295" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C295" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D295" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F295" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:7">
       <x:c r="A296" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B296" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C296" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D296" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="F296" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G296" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:7">
       <x:c r="A297" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C297" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D297" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F297" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:7">
       <x:c r="A298" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B298" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C298" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D298" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="F298" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G298" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:7">
       <x:c r="A299" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C299" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D299" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="F299" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:7">
       <x:c r="A300" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B300" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C300" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D300" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F300" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G300" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:7">
       <x:c r="A301" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C301" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D301" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F301" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:7">
       <x:c r="A302" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="B302" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C302" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D302" s="0" t="n">
-        <x:v>56</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="F302" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G302" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:7">
       <x:c r="A303" s="0" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="B303" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
-      <x:c r="B303" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C303" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D303" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F303" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:7">
       <x:c r="A304" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B304" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C304" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D304" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F304" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="G304" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:7">
       <x:c r="A305" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C305" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D305" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F305" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:7">
       <x:c r="A306" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B306" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C306" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D306" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F306" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="G306" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:7">
       <x:c r="A307" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C307" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D307" s="0" t="n">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F307" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:7">
       <x:c r="A308" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B308" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C308" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D308" s="0" t="n">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F308" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="G308" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:7">
       <x:c r="A309" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="B309" s="0" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="C309" s="0" t="s">
+        <x:v>9</x:v>
       </x:c>
       <x:c r="D309" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F309" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="G309" s="0" t="s">
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:7">
       <x:c r="A310" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="B310" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C310" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D310" s="0" t="n">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F310" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="G310" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:7">
       <x:c r="A311" s="0" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="B311" s="0" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="C311" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
-      <x:c r="B311" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="D311" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F311" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:7">
       <x:c r="A312" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B312" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C312" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D312" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F312" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G312" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:7">
       <x:c r="A313" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C313" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D313" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F313" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:7">
       <x:c r="A314" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B314" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C314" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D314" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F314" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="G314" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:7">
       <x:c r="A315" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C315" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="D315" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F315" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:7">
       <x:c r="A316" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B316" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C316" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D316" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F316" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="G316" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:7">
       <x:c r="A317" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C317" s="0" t="s">
-        <x:v>9</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D317" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F317" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:7">
       <x:c r="A318" s="0" t="s">
-        <x:v>495</x:v>
-[...5 lines deleted...]
-        <x:v>9</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="D318" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F318" s="0" t="s">
-        <x:v>513</x:v>
-[...2 lines deleted...]
-        <x:v>184</x:v>
+        <x:v>509</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:7">
       <x:c r="A319" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C319" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D319" s="0" t="n">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F319" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:7">
       <x:c r="A320" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B320" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C320" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D320" s="0" t="n">
-        <x:v>42</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F320" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="G320" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:7">
       <x:c r="A321" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="C321" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D321" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F321" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:7">
       <x:c r="A322" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B322" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C322" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D322" s="0" t="n">
-        <x:v>130</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F322" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="G322" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:7">
       <x:c r="A323" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C323" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D323" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F323" s="0" t="s">
-        <x:v>522</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:7">
       <x:c r="A324" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B324" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C324" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D324" s="0" t="n">
-        <x:v>47</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="F324" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="G324" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:7">
       <x:c r="A325" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C325" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D325" s="0" t="n">
-        <x:v>45</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F325" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:7">
       <x:c r="A326" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B326" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C326" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D326" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F326" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="G326" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:7">
       <x:c r="A327" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C327" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D327" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F327" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:7">
       <x:c r="A328" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B328" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C328" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D328" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F328" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="G328" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:7">
       <x:c r="A329" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C329" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D329" s="0" t="n">
-        <x:v>97</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F329" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:7">
       <x:c r="A330" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B330" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C330" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D330" s="0" t="n">
-        <x:v>32</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F330" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="G330" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:7">
       <x:c r="A331" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C331" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D331" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:7">
       <x:c r="A332" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B332" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C332" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D332" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F332" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="G332" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:7">
       <x:c r="A333" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C333" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D333" s="0" t="n">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F333" s="0" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="G333" s="0" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:7">
       <x:c r="A334" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B334" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C334" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D334" s="0" t="n">
-        <x:v>130</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F334" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="G334" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:7">
       <x:c r="A335" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C335" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D335" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:7">
       <x:c r="A336" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B336" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C336" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D336" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F336" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="G336" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:7">
       <x:c r="A337" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C337" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D337" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F337" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:7">
       <x:c r="A338" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B338" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C338" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D338" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="F338" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="G338" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:7">
       <x:c r="A339" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C339" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D339" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F339" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:7">
       <x:c r="A340" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B340" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C340" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D340" s="0" t="n">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="F340" s="0" t="s">
-        <x:v>557</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="G340" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:7">
       <x:c r="A341" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C341" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D341" s="0" t="n">
-        <x:v>37</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F341" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:7">
       <x:c r="A342" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B342" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C342" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D342" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="F342" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="G342" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:7">
       <x:c r="A343" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C343" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D343" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:7">
       <x:c r="A344" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B344" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C344" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D344" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F344" s="0" t="s">
-        <x:v>565</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="G344" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:7">
       <x:c r="A345" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="C345" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D345" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F345" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:7">
       <x:c r="A346" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B346" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="C346" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D346" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F346" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="G346" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:7">
       <x:c r="A347" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>570</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C347" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D347" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F347" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:7">
       <x:c r="A348" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B348" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C348" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D348" s="0" t="n">
-        <x:v>60</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F348" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="G348" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:7">
       <x:c r="A349" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>574</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="C349" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D349" s="0" t="n">
-        <x:v>49</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F349" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:7">
       <x:c r="A350" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B350" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C350" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D350" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F350" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="G350" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:7">
       <x:c r="A351" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C351" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D351" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F351" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:7">
       <x:c r="A352" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B352" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C352" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D352" s="0" t="n">
-        <x:v>164</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F352" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="G352" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:7">
       <x:c r="A353" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C353" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D353" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F353" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:7">
       <x:c r="A354" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B354" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C354" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D354" s="0" t="n">
-        <x:v>31</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F354" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="G354" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:7">
       <x:c r="A355" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C355" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D355" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:7">
       <x:c r="A356" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B356" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="C356" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D356" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F356" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="G356" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:7">
       <x:c r="A357" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C357" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D357" s="0" t="n">
-        <x:v>70</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="F357" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:7">
       <x:c r="A358" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B358" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C358" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D358" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F358" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="G358" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:7">
       <x:c r="A359" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C359" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D359" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:7">
       <x:c r="A360" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B360" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C360" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D360" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F360" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="G360" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:7">
       <x:c r="A361" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>598</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C361" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D361" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="F361" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:7">
       <x:c r="A362" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B362" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C362" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D362" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F362" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="G362" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:7">
       <x:c r="A363" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>602</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C363" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D363" s="0" t="n">
-        <x:v>33</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="F363" s="0" t="s">
-        <x:v>603</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:7">
       <x:c r="A364" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B364" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="C364" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D364" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="F364" s="0" t="s">
-        <x:v>605</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="G364" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:7">
       <x:c r="A365" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C365" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D365" s="0" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:7">
       <x:c r="A366" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B366" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C366" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D366" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F366" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="G366" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:7">
       <x:c r="A367" s="0" t="s">
-        <x:v>608</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>611</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C367" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D367" s="0" t="n">
-        <x:v>30</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
-        <x:v>612</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:7">
       <x:c r="A368" s="0" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="B368" s="0" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="C368" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D368" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F368" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="B368" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G368" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:7">
       <x:c r="A369" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C369" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D369" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F369" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:7">
       <x:c r="A370" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B370" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C370" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D370" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F370" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="G370" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:7">
       <x:c r="A371" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C371" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D371" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F371" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:7">
       <x:c r="A372" s="0" t="s">
+        <x:v>508</x:v>
+      </x:c>
+      <x:c r="B372" s="0" t="s">
+        <x:v>615</x:v>
+      </x:c>
+      <x:c r="C372" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D372" s="0" t="n">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F372" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="B372" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G372" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:7">
       <x:c r="A373" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C373" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D373" s="0" t="n">
-        <x:v>263</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F373" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:7">
       <x:c r="A374" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="B374" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C374" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D374" s="0" t="n">
-        <x:v>22</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F374" s="0" t="s">
-        <x:v>626</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="G374" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:7">
       <x:c r="A375" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C375" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D375" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F375" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:7">
       <x:c r="A376" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B376" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C376" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D376" s="0" t="n">
-        <x:v>6</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F376" s="0" t="s">
-        <x:v>629</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="G376" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:7">
       <x:c r="A377" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C377" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D377" s="0" t="n">
-        <x:v>15</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F377" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:7">
       <x:c r="A378" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B378" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="C378" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D378" s="0" t="n">
-        <x:v>50</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="F378" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="G378" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:7">
       <x:c r="A379" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C379" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D379" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F379" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:7">
       <x:c r="A380" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B380" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="C380" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D380" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F380" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="G380" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:7">
       <x:c r="A381" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="C381" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D381" s="0" t="n">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="F381" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
-      <x:c r="C381" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:7">
       <x:c r="A382" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B382" s="0" t="s">
-        <x:v>636</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="C382" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D382" s="0" t="n">
-        <x:v>17</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F382" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="G382" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:7">
       <x:c r="A383" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="C383" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D383" s="0" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="F383" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
-      <x:c r="C383" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G383" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:7">
       <x:c r="A384" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="B384" s="0" t="s">
+        <x:v>638</x:v>
+      </x:c>
+      <x:c r="C384" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D384" s="0" t="n">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F384" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
-      <x:c r="C384" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="G384" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:7">
       <x:c r="A385" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C385" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D385" s="0" t="n">
-        <x:v>41</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:7">
       <x:c r="A386" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B386" s="0" t="s">
-        <x:v>640</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="C386" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D386" s="0" t="n">
-        <x:v>121</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="F386" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="G386" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:7">
       <x:c r="A387" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C387" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D387" s="0" t="n">
-        <x:v>38</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F387" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:7">
       <x:c r="A388" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B388" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C388" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D388" s="0" t="n">
-        <x:v>20</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F388" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G388" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:7">
       <x:c r="A389" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C389" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D389" s="0" t="n">
-        <x:v>23</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F389" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:7">
       <x:c r="A390" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B390" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C390" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D390" s="0" t="n">
-        <x:v>5</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F390" s="0" t="s">
-        <x:v>627</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G390" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:7">
       <x:c r="A391" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C391" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D391" s="0" t="n">
-        <x:v>57</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F391" s="0" t="s">
-        <x:v>646</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:7">
       <x:c r="A392" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B392" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C392" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D392" s="0" t="n">
-        <x:v>25</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F392" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="G392" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:7">
       <x:c r="A393" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C393" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D393" s="0" t="n">
-        <x:v>352</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F393" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:7">
       <x:c r="A394" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B394" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C394" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D394" s="0" t="n">
-        <x:v>145</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F394" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="G394" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:7">
       <x:c r="A395" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C395" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D395" s="0" t="n">
-        <x:v>71</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F395" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:7">
       <x:c r="A396" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B396" s="0" t="s">
-        <x:v>652</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C396" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D396" s="0" t="n">
-        <x:v>35</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="F396" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G396" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:7">
       <x:c r="A397" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C397" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D397" s="0" t="n">
-        <x:v>105</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F397" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:7">
       <x:c r="A398" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B398" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C398" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D398" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="F398" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G398" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:7">
       <x:c r="A399" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C399" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D399" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F399" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:7">
       <x:c r="A400" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B400" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C400" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D400" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F400" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G400" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:7">
       <x:c r="A401" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C401" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D401" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F401" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:7">
       <x:c r="A402" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B402" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C402" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D402" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F402" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G402" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:7">
       <x:c r="A403" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="C403" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D403" s="0" t="n">
-        <x:v>91</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F403" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:7">
       <x:c r="A404" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B404" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C404" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D404" s="0" t="n">
-        <x:v>65</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F404" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="G404" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:7">
       <x:c r="A405" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="C405" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D405" s="0" t="n">
-        <x:v>95</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F405" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:7">
       <x:c r="A406" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B406" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C406" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D406" s="0" t="n">
-        <x:v>100</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="F406" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G406" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:7">
       <x:c r="A407" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C407" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D407" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="F407" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:7">
       <x:c r="A408" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B408" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="C408" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D408" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="F408" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G408" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:7">
       <x:c r="A409" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C409" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D409" s="0" t="n">
-        <x:v>40</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="F409" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:7">
       <x:c r="A410" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B410" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C410" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D410" s="0" t="n">
-        <x:v>335</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F410" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G410" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:7">
       <x:c r="A411" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C411" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D411" s="0" t="n">
-        <x:v>330</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F411" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:7">
       <x:c r="A412" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B412" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C412" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D412" s="0" t="n">
-        <x:v>535</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F412" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="G412" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:7">
       <x:c r="A413" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C413" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D413" s="0" t="n">
-        <x:v>1137</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F413" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:7">
       <x:c r="A414" s="0" t="s">
-        <x:v>666</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B414" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C414" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D414" s="0" t="n">
-        <x:v>304</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F414" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G414" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:7">
       <x:c r="A415" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C415" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D415" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F415" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:7">
       <x:c r="A416" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B416" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C416" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D416" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F416" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G416" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:7">
       <x:c r="A417" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C417" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D417" s="0" t="n">
-        <x:v>13</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F417" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:7">
       <x:c r="A418" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="B418" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C418" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D418" s="0" t="n">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F418" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="G418" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:7">
       <x:c r="A419" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C419" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D419" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F419" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:7">
       <x:c r="A420" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B420" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C420" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D420" s="0" t="n">
-        <x:v>43</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F420" s="0" t="s">
-        <x:v>683</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G420" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:7">
       <x:c r="A421" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="C421" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D421" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F421" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:7">
       <x:c r="A422" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B422" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C422" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D422" s="0" t="n">
-        <x:v>28</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F422" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G422" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:7">
       <x:c r="A423" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C423" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D423" s="0" t="n">
-        <x:v>14</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F423" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:7">
       <x:c r="A424" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B424" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C424" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D424" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F424" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G424" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:7">
       <x:c r="A425" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C425" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D425" s="0" t="n">
-        <x:v>16</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="F425" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:7">
       <x:c r="A426" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B426" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C426" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D426" s="0" t="n">
-        <x:v>11</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F426" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G426" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:7">
       <x:c r="A427" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C427" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D427" s="0" t="n">
-        <x:v>19</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F427" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:7">
       <x:c r="A428" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B428" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C428" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D428" s="0" t="n">
-        <x:v>10</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F428" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G428" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:7">
       <x:c r="A429" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>698</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C429" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D429" s="0" t="n">
-        <x:v>18</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F429" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:7">
       <x:c r="A430" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B430" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="C430" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D430" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F430" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="G430" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>645</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:7">
       <x:c r="A431" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>701</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C431" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D431" s="0" t="n">
-        <x:v>9</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:7">
       <x:c r="A432" s="0" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="B432" s="0" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="C432" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D432" s="0" t="n">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="F432" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G432" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="433" spans="1:7">
+      <x:c r="A433" s="0" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="B433" s="0" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="C433" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D433" s="0" t="n">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="F433" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G433" s="0" t="s">
+        <x:v>335</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="434" spans="1:7">
+      <x:c r="A434" s="0" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="B434" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="B432" s="0" t="s">
+      <x:c r="C434" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D434" s="0" t="n">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="F434" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G434" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="435" spans="1:7">
+      <x:c r="A435" s="0" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="B435" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
-      <x:c r="C432" s="0" t="s">
-[...2 lines deleted...]
-      <x:c r="D432" s="0" t="n">
+      <x:c r="C435" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D435" s="0" t="n">
+        <x:v>1137</x:v>
+      </x:c>
+      <x:c r="F435" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G435" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="436" spans="1:7">
+      <x:c r="A436" s="0" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="B436" s="0" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="C436" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D436" s="0" t="n">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F436" s="0" t="s">
+        <x:v>706</x:v>
+      </x:c>
+      <x:c r="G436" s="0" t="s">
+        <x:v>224</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="437" spans="1:7">
+      <x:c r="A437" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B437" s="0" t="s">
+        <x:v>516</x:v>
+      </x:c>
+      <x:c r="C437" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D437" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F437" s="0" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="G437" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="438" spans="1:7">
+      <x:c r="A438" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B438" s="0" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="C438" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D438" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F438" s="0" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="G438" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="439" spans="1:7">
+      <x:c r="A439" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B439" s="0" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="C439" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D439" s="0" t="n">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="F439" s="0" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="G439" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="440" spans="1:7">
+      <x:c r="A440" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B440" s="0" t="s">
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="C440" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D440" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F440" s="0" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="G440" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="441" spans="1:7">
+      <x:c r="A441" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B441" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C441" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D441" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F441" s="0" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="G441" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="442" spans="1:7">
+      <x:c r="A442" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B442" s="0" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="C442" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D442" s="0" t="n">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="F442" s="0" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="G442" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="443" spans="1:7">
+      <x:c r="A443" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B443" s="0" t="s">
+        <x:v>718</x:v>
+      </x:c>
+      <x:c r="C443" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D443" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F443" s="0" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="G443" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="444" spans="1:7">
+      <x:c r="A444" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B444" s="0" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="C444" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D444" s="0" t="n">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F444" s="0" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="G444" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="445" spans="1:7">
+      <x:c r="A445" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B445" s="0" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="C445" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D445" s="0" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F445" s="0" t="s">
+        <x:v>722</x:v>
+      </x:c>
+      <x:c r="G445" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="446" spans="1:7">
+      <x:c r="A446" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B446" s="0" t="s">
+        <x:v>723</x:v>
+      </x:c>
+      <x:c r="C446" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D446" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F446" s="0" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="G446" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="447" spans="1:7">
+      <x:c r="A447" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B447" s="0" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C447" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D447" s="0" t="n">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="F447" s="0" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="G447" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="448" spans="1:7">
+      <x:c r="A448" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B448" s="0" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="C448" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D448" s="0" t="n">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="F448" s="0" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="G448" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="449" spans="1:7">
+      <x:c r="A449" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B449" s="0" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C449" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D449" s="0" t="n">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="F449" s="0" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="G449" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="450" spans="1:7">
+      <x:c r="A450" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B450" s="0" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="C450" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D450" s="0" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F450" s="0" t="s">
+        <x:v>731</x:v>
+      </x:c>
+      <x:c r="G450" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="451" spans="1:7">
+      <x:c r="A451" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B451" s="0" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="C451" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D451" s="0" t="n">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="F451" s="0" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="G451" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="452" spans="1:7">
+      <x:c r="A452" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B452" s="0" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="C452" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D452" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F452" s="0" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="G452" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="453" spans="1:7">
+      <x:c r="A453" s="0" t="s">
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="B453" s="0" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="C453" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D453" s="0" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="F453" s="0" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="G453" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="454" spans="1:7">
+      <x:c r="A454" s="0" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="B454" s="0" t="s">
+        <x:v>738</x:v>
+      </x:c>
+      <x:c r="C454" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D454" s="0" t="n">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="F432" s="0" t="s">
-[...3 lines deleted...]
-        <x:v>247</x:v>
+      <x:c r="F454" s="0" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="G454" s="0" t="s">
+        <x:v>259</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>