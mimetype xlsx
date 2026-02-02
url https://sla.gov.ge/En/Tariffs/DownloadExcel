--- v3 (2026-01-09)
+++ v4 (2026-02-02)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0cce7c21e3f41e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9917a726ebf44c39212a3464271f1d5.psmdcp" Id="R2e75c330c3a04187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read72307e5cb408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c18de74071d45b49b905bc8e1c42d03.psmdcp" Id="R4200de88d277414f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="740" uniqueCount="740">
   <x:si>
     <x:t>Research category</x:t>
   </x:si>
   <x:si>
     <x:t>Name of research (services)</x:t>
   </x:si>
   <x:si>