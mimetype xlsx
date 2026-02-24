--- v4 (2026-02-02)
+++ v5 (2026-02-24)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read72307e5cb408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c18de74071d45b49b905bc8e1c42d03.psmdcp" Id="R4200de88d277414f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf2b590c88f6424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/839ef13cc2d3416a9e952f4e4e4697ba.psmdcp" Id="R25c0b334e9e544e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="740" uniqueCount="740">
   <x:si>
     <x:t>Research category</x:t>
   </x:si>
   <x:si>
     <x:t>Name of research (services)</x:t>
   </x:si>
   <x:si>