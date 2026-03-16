--- v5 (2026-02-24)
+++ v6 (2026-03-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf2b590c88f6424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/839ef13cc2d3416a9e952f4e4e4697ba.psmdcp" Id="R25c0b334e9e544e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4755e15d36744c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ecc14da47d8b42439fa4252acc6f7e29.psmdcp" Id="Rf54ec7b38d684a49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Price List" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="740" uniqueCount="740">
   <x:si>
     <x:t>Research category</x:t>
   </x:si>
   <x:si>
     <x:t>Name of research (services)</x:t>
   </x:si>
   <x:si>